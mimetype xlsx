--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -1,688 +1,654 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\int.wsr.at\Nabu\Themen\konjunktur\Portal\vgrq-Dateien\Web\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\int.wsr.at\Nabu\Themen\konjunktur\vgrq\Portal\flash\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5435019-3F32-4EFD-855C-CABE4E827BFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5440F757-598B-4C0A-95B6-2D46E58DCA37}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{DC04E63B-C669-4CEE-88D1-530A0E900ACC}"/>
+    <workbookView xWindow="-26805" yWindow="6765" windowWidth="23040" windowHeight="12120" xr2:uid="{CDEB80C8-1B17-4181-AE15-41B699DF11D3}"/>
   </bookViews>
   <sheets>
-    <sheet name="adjusted,according to Eurostat" sheetId="1" r:id="rId1"/>
-    <sheet name="unadjusted" sheetId="2" r:id="rId2"/>
+    <sheet name="Information EN" sheetId="1" r:id="rId1"/>
+    <sheet name="adjusted,according to Eurostat" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="datab" localSheetId="0">#REF!</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Database">#REF!</definedName>
     <definedName name="HTML_CodePage" hidden="1">1252</definedName>
     <definedName name="HTML_Control" hidden="1">{"'15.01L'!$A$1:$I$62"}</definedName>
     <definedName name="HTML_Description" hidden="1">""</definedName>
     <definedName name="HTML_Email" hidden="1">""</definedName>
     <definedName name="HTML_Header" hidden="1">"15.01L"</definedName>
     <definedName name="HTML_LastUpdate" hidden="1">"19.11.98"</definedName>
     <definedName name="HTML_LineAfter" hidden="1">FALSE</definedName>
     <definedName name="HTML_LineBefore" hidden="1">FALSE</definedName>
     <definedName name="HTML_Name" hidden="1">"Weitzer &amp; Partner"</definedName>
     <definedName name="HTML_OBDlg2" hidden="1">TRUE</definedName>
     <definedName name="HTML_OBDlg4" hidden="1">TRUE</definedName>
     <definedName name="HTML_OS" hidden="1">0</definedName>
     <definedName name="HTML_PathFile" hidden="1">"C:\jb98\3d\daten\Kap15.ok\j-1501l.htm"</definedName>
     <definedName name="HTML_Title" hidden="1">"j-1501L"</definedName>
     <definedName name="shit" hidden="1">{"'15.01L'!$A$1:$I$62"}</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="G3" i="2" l="1"/>
+  <c r="K3" i="2"/>
+  <c r="O3" i="2"/>
+  <c r="S3" i="2"/>
+  <c r="W3" i="2"/>
+  <c r="AA3" i="2"/>
+  <c r="AE3" i="2"/>
+  <c r="AI3" i="2"/>
+  <c r="AM3" i="2"/>
+  <c r="AQ3" i="2" s="1"/>
+  <c r="AU3" i="2" s="1"/>
+  <c r="AY3" i="2" s="1"/>
+  <c r="BC3" i="2" s="1"/>
+  <c r="BG3" i="2" s="1"/>
+  <c r="BK3" i="2" s="1"/>
+  <c r="BO3" i="2" s="1"/>
+  <c r="BS3" i="2" s="1"/>
+  <c r="BW3" i="2" s="1"/>
+  <c r="CA3" i="2" s="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="977" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="42">
   <si>
-    <t>Quarterly National Accounts (ESA 2010)</t>
+    <t>The WIFO flash estimate is a first estimate for the past quarter. It is based on the Quarterly National Accounts of Statistics Austria and includes GDP as well as components in the form of seasonally and working-day adjusted rates of change compared with the previous quarter (key figure according to Eurostat standard).</t>
   </si>
   <si>
-    <t>According to Eurostat standard, adjusted for seasonal and working day effects, percentage changes from previous quarter</t>
-[...20 lines deleted...]
-    <t>Total final consumption expenditure</t>
+    <t>Important Information</t>
   </si>
   <si>
     <r>
-      <t>Households</t>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Century Gothic"/>
+        <family val="2"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Including compulsory social security, defence; education; human health and social work activities (NACE O_Q).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">water supply; sewerage, waste management and remediation activities. – </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="10"/>
+        <sz val="9"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
       </rPr>
-      <t>1</t>
+      <t>3</t>
     </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Professional, scientific and technical activities; administrative and support service activities (NACE M_N). –</t>
+    </r>
+  </si>
+  <si>
+    <t>Source: Statistics Austria, WIFO computations. – 1 Including non-profit institutions serving households. – 2 Mining and quarrying; manufacturing; electricity, gas, steam and air conditioning supply;</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
-    <t>General government</t>
-[...78 lines deleted...]
-    </r>
+    <t>Other service activities</t>
   </si>
   <si>
     <r>
       <t>Public administration, education, human health and social work activities</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
       </rPr>
       <t>4</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Other service activities</t>
+      <t>Other business activities</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
       </rPr>
-      <t>5</t>
+      <t>3</t>
     </r>
   </si>
   <si>
-    <t>Total gross value added</t>
+    <t>Real estate activities</t>
   </si>
   <si>
-    <t>Taxes on products</t>
+    <t>Financial and insurance activities</t>
   </si>
   <si>
-    <t>Subsidies on products</t>
+    <t>Information and communication</t>
+  </si>
+  <si>
+    <t>Wholesale and retail trade; Transporting and storage; Accommodation and food service activities</t>
+  </si>
+  <si>
+    <t>Construction</t>
+  </si>
+  <si>
+    <t>Manufacturing</t>
+  </si>
+  <si>
+    <r>
+      <t>Total industry</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <rFont val="Century Gothic"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <t>Agriculture, forestry and fishing</t>
+  </si>
+  <si>
+    <t>Total employees</t>
+  </si>
+  <si>
+    <t>Employees</t>
+  </si>
+  <si>
+    <t>Taxes on production and imports less subsidies</t>
+  </si>
+  <si>
+    <t>Gross operating surplus and gross mixed income</t>
+  </si>
+  <si>
+    <t>Compensation of employees</t>
   </si>
   <si>
     <t>GDP, income approach</t>
   </si>
   <si>
-    <t>Compensation of employees</t>
+    <t>Volume</t>
   </si>
   <si>
-    <t>Gross operating surplus and gross mixed income</t>
+    <t>GDP, output approach</t>
   </si>
   <si>
-    <t>Taxes on production and imports less subsidies</t>
+    <t>Gross domestic product at market prices</t>
   </si>
   <si>
-    <t>Employees</t>
+    <t>Imports, goods and services</t>
   </si>
   <si>
-    <t>Total employees</t>
+    <t>Exports, goods and services</t>
+  </si>
+  <si>
+    <t>Gross fixed capital formation</t>
+  </si>
+  <si>
+    <t>General government</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Source: Statistics Austria.– </t>
+      <t>Households</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="9"/>
+        <sz val="10"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
-    <r>
-[...23 lines deleted...]
-    </r>
   </si>
   <si>
-    <r>
-[...18 lines deleted...]
-    </r>
+    <t>Total final consumption expenditure</t>
   </si>
   <si>
-    <r>
-[...40 lines deleted...]
-    </r>
+    <t>Value</t>
   </si>
   <si>
-    <t>Percentage changes from previous year</t>
+    <t>GDP, expenditure approach</t>
   </si>
   <si>
-    <t>Last Update: 04 December, 2025</t>
+    <t>IV.Qu.</t>
+  </si>
+  <si>
+    <t>III.Qu.</t>
+  </si>
+  <si>
+    <t>II.Qu.</t>
+  </si>
+  <si>
+    <t>I.Qu.</t>
+  </si>
+  <si>
+    <t>According to Eurostat standard, adjusted for seasonal and working day effects, percentage changes from previous quarter</t>
+  </si>
+  <si>
+    <t>Flash Estimates of Quarterly National Accounts (ESA 2010)</t>
+  </si>
+  <si>
+    <t>On 5 March 2026, Statistics Austria will publish the quarterly data for GDP and main aggregates for the fourth quarter of 2025 based on more recent data, as well as preliminary annual data for 2025.</t>
+  </si>
+  <si>
+    <t>Last Update: 30 January, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="\+\ #,##0.0\ \ \ \ \ ;\–\ #,##0.0\ \ \ \ \ ;\±\ #,##0.0\ \ \ \ \ "/>
   </numFmts>
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Century Gothic"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Century Gothic"/>
+      <family val="2"/>
+    </font>
     <font>
       <sz val="9"/>
       <name val="Century Gothic"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <name val="Century Gothic"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <sz val="12"/>
+      <sz val="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...4 lines deleted...]
-    <font>
+      <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <i/>
-      <sz val="10"/>
-[...22 lines deleted...]
-      <sz val="9"/>
+      <sz val="12"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...45 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
-    <cellStyle name="Standard 5" xfId="2" xr:uid="{08846693-656B-4FD5-87AD-174B73FF390B}"/>
-    <cellStyle name="Standard_Verwendung" xfId="1" xr:uid="{0EC15C0B-43C3-4345-8C8D-3E9775D6CF61}"/>
+    <cellStyle name="Standard 5" xfId="2" xr:uid="{DB129520-B328-4335-B9A3-C53D59E4CF2F}"/>
+    <cellStyle name="Standard 6" xfId="1" xr:uid="{1DB2E562-73EF-49E8-A5B9-BCE3E10201B3}"/>
+    <cellStyle name="Standard_Verwendung" xfId="3" xr:uid="{31E51EA9-DAF1-447E-8D14-41BADD0D1A9F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="WIFO-Farben_neu">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="2C5A5D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="F3F7F7"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="559BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="72BB6F"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="559E8F"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="12B0E7"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="96B428"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="C3423F"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="2C5A5D"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="67B2B7"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -819,63059 +785,17231 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88837630-3772-4F62-9D57-D2C11FF92646}">
-[...3 lines deleted...]
-  <dimension ref="A1:DV106"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{366699F2-F5A3-4B0B-AC7D-30E76E323361}">
+  <dimension ref="A2:G5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="DB6" activePane="bottomRight" state="frozen"/>
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="E1" sqref="E1"/>
+      <selection activeCell="A36" sqref="A36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="55.75" customWidth="1"/>
-[...30 lines deleted...]
-    <col min="126" max="126" width="2.125" customWidth="1"/>
+    <col min="1" max="16384" width="10.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:126" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
-[...47 lines deleted...]
-    <row r="2" spans="1:126" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="5"/>
-[...41 lines deleted...]
-      <c r="AR2" s="3"/>
     </row>
-    <row r="3" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="3"/>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="3" t="s">
+        <v>0</v>
+      </c>
       <c r="B3" s="3"/>
-      <c r="C3" s="7">
-[...184 lines deleted...]
-      <c r="DV3" s="10"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
     </row>
-    <row r="4" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="3"/>
+    <row r="4" spans="1:7" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="3" t="s">
+        <v>40</v>
+      </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
-      <c r="H4" s="3"/>
-[...35 lines deleted...]
-      <c r="AR4" s="3"/>
     </row>
-    <row r="5" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="F5" s="11" t="s">
+    <row r="5" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A4:G4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{686AA882-2602-45D6-9E63-A0376A354299}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:DV73"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane xSplit="1" ySplit="5" topLeftCell="DD60" activePane="bottomRight" state="frozen"/>
+      <selection activeCell="A36" sqref="A36"/>
+      <selection pane="topRight" activeCell="A36" sqref="A36"/>
+      <selection pane="bottomLeft" activeCell="A36" sqref="A36"/>
+      <selection pane="bottomRight" activeCell="A36" sqref="A36"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="10.109375" defaultRowHeight="13.2" outlineLevelCol="1" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="45.5546875" style="5" customWidth="1"/>
+    <col min="2" max="2" width="3.33203125" style="5" customWidth="1"/>
+    <col min="3" max="6" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="7" max="7" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="8" max="10" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="11" max="11" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="12" max="18" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="19" max="19" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="20" max="22" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="23" max="23" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="24" max="26" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="27" max="27" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="28" max="30" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="31" max="31" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="32" max="38" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="39" max="39" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="40" max="42" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="43" max="43" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="44" max="50" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="51" max="51" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="52" max="54" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="55" max="55" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="56" max="58" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="59" max="59" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="60" max="62" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="63" max="63" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="64" max="66" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="67" max="67" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="68" max="70" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="71" max="71" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="72" max="74" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="75" max="75" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="76" max="78" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="79" max="79" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="80" max="82" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="83" max="83" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="84" max="86" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="87" max="87" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="88" max="90" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="91" max="91" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="92" max="94" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="95" max="95" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1" collapsed="1"/>
+    <col min="96" max="98" width="8" style="5" hidden="1" customWidth="1" outlineLevel="1"/>
+    <col min="99" max="99" width="8" style="5" customWidth="1" collapsed="1"/>
+    <col min="100" max="126" width="8" style="5" customWidth="1"/>
+    <col min="127" max="16384" width="10.109375" style="5"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:126" s="5" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="7"/>
+      <c r="H1" s="7"/>
+      <c r="I1" s="7"/>
+      <c r="J1" s="7"/>
+      <c r="K1" s="7"/>
+      <c r="L1" s="7"/>
+      <c r="AI1" s="24"/>
+      <c r="AJ1" s="24"/>
+      <c r="AK1" s="24"/>
+      <c r="AL1" s="24"/>
+      <c r="AM1" s="7"/>
+      <c r="AN1" s="7"/>
+      <c r="AO1" s="7"/>
+      <c r="AP1" s="7"/>
+      <c r="AQ1" s="7"/>
+      <c r="AR1" s="7"/>
+    </row>
+    <row r="2" spans="1:126" s="5" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
+      <c r="G2" s="22"/>
+      <c r="H2" s="22"/>
+      <c r="I2" s="22"/>
+      <c r="J2" s="22"/>
+      <c r="K2" s="22"/>
+      <c r="L2" s="7"/>
+      <c r="AI2" s="23"/>
+      <c r="AJ2" s="23"/>
+      <c r="AK2" s="23"/>
+      <c r="AL2" s="23"/>
+      <c r="AM2" s="22"/>
+      <c r="AN2" s="22"/>
+      <c r="AO2" s="22"/>
+      <c r="AP2" s="22"/>
+      <c r="AQ2" s="22"/>
+      <c r="AR2" s="7"/>
+    </row>
+    <row r="3" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="21"/>
+      <c r="B3" s="21"/>
+      <c r="C3" s="20">
+        <v>1995</v>
+      </c>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20">
+        <f>C3+1</f>
+        <v>1996</v>
+      </c>
+      <c r="H3" s="20"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="20"/>
+      <c r="K3" s="20">
+        <f>G3+1</f>
+        <v>1997</v>
+      </c>
+      <c r="L3" s="20"/>
+      <c r="M3" s="20"/>
+      <c r="N3" s="20"/>
+      <c r="O3" s="18">
+        <f>K3+1</f>
+        <v>1998</v>
+      </c>
+      <c r="P3" s="18"/>
+      <c r="Q3" s="18"/>
+      <c r="R3" s="18"/>
+      <c r="S3" s="18">
+        <f>O3+1</f>
+        <v>1999</v>
+      </c>
+      <c r="T3" s="18"/>
+      <c r="U3" s="18"/>
+      <c r="V3" s="18"/>
+      <c r="W3" s="18">
+        <f>S3+1</f>
+        <v>2000</v>
+      </c>
+      <c r="X3" s="19"/>
+      <c r="Y3" s="19"/>
+      <c r="Z3" s="19"/>
+      <c r="AA3" s="18">
+        <f>W3+1</f>
+        <v>2001</v>
+      </c>
+      <c r="AB3" s="18"/>
+      <c r="AC3" s="18"/>
+      <c r="AD3" s="18"/>
+      <c r="AE3" s="18">
+        <f>AA3+1</f>
+        <v>2002</v>
+      </c>
+      <c r="AF3" s="18"/>
+      <c r="AG3" s="18"/>
+      <c r="AH3" s="18"/>
+      <c r="AI3" s="20">
+        <f>AE3+1</f>
+        <v>2003</v>
+      </c>
+      <c r="AJ3" s="20"/>
+      <c r="AK3" s="20"/>
+      <c r="AL3" s="20"/>
+      <c r="AM3" s="20">
+        <f>AI3+1</f>
+        <v>2004</v>
+      </c>
+      <c r="AN3" s="20"/>
+      <c r="AO3" s="20"/>
+      <c r="AP3" s="20"/>
+      <c r="AQ3" s="20">
+        <f>AM3+1</f>
+        <v>2005</v>
+      </c>
+      <c r="AR3" s="20"/>
+      <c r="AS3" s="20"/>
+      <c r="AT3" s="20"/>
+      <c r="AU3" s="18">
+        <f>AQ3+1</f>
+        <v>2006</v>
+      </c>
+      <c r="AV3" s="18"/>
+      <c r="AW3" s="18"/>
+      <c r="AX3" s="18"/>
+      <c r="AY3" s="18">
+        <f>AU3+1</f>
+        <v>2007</v>
+      </c>
+      <c r="AZ3" s="18"/>
+      <c r="BA3" s="18"/>
+      <c r="BB3" s="18"/>
+      <c r="BC3" s="18">
+        <f>AY3+1</f>
+        <v>2008</v>
+      </c>
+      <c r="BD3" s="19"/>
+      <c r="BE3" s="19"/>
+      <c r="BF3" s="19"/>
+      <c r="BG3" s="18">
+        <f>BC3+1</f>
+        <v>2009</v>
+      </c>
+      <c r="BH3" s="18"/>
+      <c r="BI3" s="18"/>
+      <c r="BJ3" s="18"/>
+      <c r="BK3" s="18">
+        <f>BG3+1</f>
+        <v>2010</v>
+      </c>
+      <c r="BL3" s="18"/>
+      <c r="BM3" s="18"/>
+      <c r="BN3" s="18"/>
+      <c r="BO3" s="18">
+        <f>BK3+1</f>
+        <v>2011</v>
+      </c>
+      <c r="BP3" s="18"/>
+      <c r="BQ3" s="18"/>
+      <c r="BR3" s="18"/>
+      <c r="BS3" s="18">
+        <f>BO3+1</f>
+        <v>2012</v>
+      </c>
+      <c r="BT3" s="18"/>
+      <c r="BU3" s="18"/>
+      <c r="BV3" s="18"/>
+      <c r="BW3" s="18">
+        <f>BS3+1</f>
+        <v>2013</v>
+      </c>
+      <c r="BX3" s="18"/>
+      <c r="BY3" s="18"/>
+      <c r="BZ3" s="18"/>
+      <c r="CA3" s="18">
+        <f>BW3+1</f>
+        <v>2014</v>
+      </c>
+      <c r="CB3" s="18"/>
+      <c r="CC3" s="18"/>
+      <c r="CD3" s="18"/>
+      <c r="CE3" s="18">
+        <v>2015</v>
+      </c>
+      <c r="CF3" s="18"/>
+      <c r="CG3" s="18"/>
+      <c r="CH3" s="18"/>
+      <c r="CI3" s="18">
+        <v>2016</v>
+      </c>
+      <c r="CJ3" s="18"/>
+      <c r="CK3" s="18"/>
+      <c r="CL3" s="18"/>
+      <c r="CM3" s="18">
+        <v>2017</v>
+      </c>
+      <c r="CN3" s="18"/>
+      <c r="CO3" s="18"/>
+      <c r="CP3" s="18"/>
+      <c r="CQ3" s="18">
+        <v>2018</v>
+      </c>
+      <c r="CR3" s="18"/>
+      <c r="CS3" s="18"/>
+      <c r="CT3" s="18"/>
+      <c r="CU3" s="18">
+        <v>2019</v>
+      </c>
+      <c r="CV3" s="18"/>
+      <c r="CW3" s="18"/>
+      <c r="CX3" s="18"/>
+      <c r="CY3" s="18">
+        <v>2020</v>
+      </c>
+      <c r="CZ3" s="18"/>
+      <c r="DA3" s="18"/>
+      <c r="DB3" s="18"/>
+      <c r="DC3" s="18">
+        <v>2021</v>
+      </c>
+      <c r="DD3" s="18"/>
+      <c r="DE3" s="18"/>
+      <c r="DF3" s="18"/>
+      <c r="DG3" s="18">
+        <v>2022</v>
+      </c>
+      <c r="DH3" s="18"/>
+      <c r="DI3" s="18"/>
+      <c r="DJ3" s="18"/>
+      <c r="DK3" s="18">
+        <v>2023</v>
+      </c>
+      <c r="DL3" s="18"/>
+      <c r="DM3" s="18"/>
+      <c r="DN3" s="18"/>
+      <c r="DO3" s="18">
+        <v>2024</v>
+      </c>
+      <c r="DP3" s="18"/>
+      <c r="DQ3" s="18"/>
+      <c r="DR3" s="18"/>
+      <c r="DS3" s="18">
+        <v>2025</v>
+      </c>
+      <c r="DT3" s="18"/>
+      <c r="DU3" s="18"/>
+      <c r="DV3" s="18"/>
+    </row>
+    <row r="4" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="7"/>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7"/>
+      <c r="L4" s="7"/>
+      <c r="AI4" s="7"/>
+      <c r="AJ4" s="7"/>
+      <c r="AK4" s="7"/>
+      <c r="AL4" s="7"/>
+      <c r="AM4" s="7"/>
+      <c r="AN4" s="7"/>
+      <c r="AO4" s="7"/>
+      <c r="AP4" s="7"/>
+      <c r="AQ4" s="7"/>
+      <c r="AR4" s="7"/>
+    </row>
+    <row r="5" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="M5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="N5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="P5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="R5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="T5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="U5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="V5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="W5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="X5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="AC5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AD5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AE5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AH5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AI5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AJ5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="AK5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AL5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AM5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AN5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="AO5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AP5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AQ5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AR5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="AS5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AT5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AU5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AV5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="AW5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AX5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="AY5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AZ5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BA5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BB5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="BC5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="BD5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BE5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BF5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="BG5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="BH5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BI5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BJ5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="BK5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="BL5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BM5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BN5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="BO5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="BP5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BQ5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BR5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="BS5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="BT5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BU5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BV5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="BW5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="BX5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="BY5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="BZ5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CA5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CB5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="CC5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="CD5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CE5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CF5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="CG5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="CH5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CI5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CJ5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="CK5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="CL5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CM5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CN5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="CO5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="CP5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CQ5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CR5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="CS5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="CT5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CU5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CV5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="CW5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="CX5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="CY5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="CZ5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="DA5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="DB5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="DC5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="DD5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="DE5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="DF5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="DG5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="DH5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="DI5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="DJ5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="DK5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="DL5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="DM5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="DN5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="DO5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="DP5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="DQ5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="DR5" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="DS5" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="DT5" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="DU5" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="DV5" s="17" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+    </row>
+    <row r="7" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="13"/>
+      <c r="C7" s="13"/>
+      <c r="D7" s="13"/>
+      <c r="E7" s="13"/>
+      <c r="F7" s="13"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="13"/>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="13"/>
+      <c r="L7" s="13"/>
+      <c r="M7" s="13"/>
+      <c r="N7" s="13"/>
+      <c r="O7" s="13"/>
+      <c r="P7" s="13"/>
+      <c r="Q7" s="13"/>
+      <c r="R7" s="13"/>
+      <c r="S7" s="13"/>
+      <c r="T7" s="13"/>
+      <c r="U7" s="13"/>
+      <c r="V7" s="13"/>
+      <c r="W7" s="13"/>
+      <c r="X7" s="13"/>
+      <c r="Y7" s="13"/>
+      <c r="Z7" s="13"/>
+      <c r="AA7" s="13"/>
+      <c r="AB7" s="13"/>
+      <c r="AC7" s="13"/>
+      <c r="AD7" s="13"/>
+      <c r="AE7" s="13"/>
+      <c r="AF7" s="13"/>
+      <c r="AG7" s="13"/>
+      <c r="AH7" s="13"/>
+      <c r="AI7" s="13"/>
+      <c r="AJ7" s="13"/>
+      <c r="AK7" s="13"/>
+      <c r="AL7" s="13"/>
+      <c r="AM7" s="13"/>
+      <c r="AN7" s="13"/>
+      <c r="AO7" s="13"/>
+      <c r="AP7" s="13"/>
+      <c r="AQ7" s="13"/>
+      <c r="AR7" s="13"/>
+      <c r="AS7" s="13"/>
+      <c r="AT7" s="13"/>
+      <c r="AU7" s="13"/>
+      <c r="AV7" s="13"/>
+      <c r="AW7" s="13"/>
+      <c r="AX7" s="13"/>
+      <c r="AY7" s="13"/>
+      <c r="AZ7" s="13"/>
+      <c r="BA7" s="13"/>
+      <c r="BB7" s="13"/>
+      <c r="BC7" s="13"/>
+      <c r="BD7" s="13"/>
+      <c r="BE7" s="13"/>
+      <c r="BF7" s="13"/>
+      <c r="BG7" s="13"/>
+      <c r="BH7" s="13"/>
+      <c r="BI7" s="13"/>
+      <c r="BJ7" s="13"/>
+      <c r="BK7" s="13"/>
+      <c r="BL7" s="13"/>
+      <c r="BM7" s="13"/>
+      <c r="BN7" s="13"/>
+      <c r="BO7" s="13"/>
+      <c r="BP7" s="13"/>
+      <c r="BQ7" s="13"/>
+      <c r="BR7" s="13"/>
+      <c r="BS7" s="13"/>
+      <c r="BT7" s="13"/>
+      <c r="BU7" s="13"/>
+      <c r="BV7" s="13"/>
+      <c r="BW7" s="13"/>
+      <c r="BX7" s="13"/>
+      <c r="BY7" s="13"/>
+      <c r="BZ7" s="13"/>
+      <c r="CA7" s="13"/>
+      <c r="CB7" s="13"/>
+      <c r="CC7" s="13"/>
+      <c r="CD7" s="13"/>
+      <c r="CE7" s="13"/>
+      <c r="CF7" s="13"/>
+      <c r="CG7" s="13"/>
+      <c r="CH7" s="13"/>
+      <c r="CI7" s="13"/>
+      <c r="CJ7" s="13"/>
+      <c r="CK7" s="13"/>
+      <c r="CL7" s="13"/>
+      <c r="CM7" s="13"/>
+      <c r="CN7" s="13"/>
+      <c r="CO7" s="13"/>
+      <c r="CP7" s="13"/>
+      <c r="CQ7" s="13"/>
+      <c r="CR7" s="13"/>
+      <c r="CS7" s="13"/>
+      <c r="CT7" s="13"/>
+      <c r="CU7" s="13"/>
+      <c r="CV7" s="13"/>
+      <c r="CW7" s="13"/>
+      <c r="CX7" s="13"/>
+      <c r="CY7" s="13"/>
+      <c r="CZ7" s="13"/>
+      <c r="DA7" s="13"/>
+      <c r="DB7" s="13"/>
+      <c r="DC7" s="13"/>
+      <c r="DD7" s="13"/>
+      <c r="DE7" s="13"/>
+      <c r="DF7" s="13"/>
+      <c r="DG7" s="13"/>
+      <c r="DH7" s="13"/>
+      <c r="DI7" s="13"/>
+      <c r="DJ7" s="13"/>
+      <c r="DK7" s="13"/>
+      <c r="DL7" s="13"/>
+      <c r="DM7" s="13"/>
+      <c r="DN7" s="13"/>
+      <c r="DO7" s="13"/>
+      <c r="DP7" s="13"/>
+      <c r="DQ7" s="13"/>
+      <c r="DR7" s="13"/>
+      <c r="DS7" s="13"/>
+      <c r="DT7" s="13"/>
+      <c r="DU7" s="13"/>
+      <c r="DV7" s="13"/>
+    </row>
+    <row r="8" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="13"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="13"/>
+      <c r="J8" s="13"/>
+      <c r="K8" s="13"/>
+      <c r="L8" s="13"/>
+      <c r="M8" s="13"/>
+      <c r="N8" s="13"/>
+      <c r="O8" s="13"/>
+      <c r="P8" s="13"/>
+      <c r="Q8" s="13"/>
+      <c r="R8" s="13"/>
+      <c r="S8" s="13"/>
+      <c r="T8" s="13"/>
+      <c r="U8" s="13"/>
+      <c r="V8" s="13"/>
+      <c r="W8" s="13"/>
+      <c r="X8" s="13"/>
+      <c r="Y8" s="13"/>
+      <c r="Z8" s="13"/>
+      <c r="AA8" s="13"/>
+      <c r="AB8" s="13"/>
+      <c r="AC8" s="13"/>
+      <c r="AD8" s="13"/>
+      <c r="AE8" s="13"/>
+      <c r="AF8" s="13"/>
+      <c r="AG8" s="13"/>
+      <c r="AH8" s="13"/>
+      <c r="AI8" s="13"/>
+      <c r="AJ8" s="13"/>
+      <c r="AK8" s="13"/>
+      <c r="AL8" s="13"/>
+      <c r="AM8" s="13"/>
+      <c r="AN8" s="13"/>
+      <c r="AO8" s="13"/>
+      <c r="AP8" s="13"/>
+      <c r="AQ8" s="13"/>
+      <c r="AR8" s="13"/>
+      <c r="AS8" s="13"/>
+      <c r="AT8" s="13"/>
+      <c r="AU8" s="13"/>
+      <c r="AV8" s="13"/>
+      <c r="AW8" s="13"/>
+      <c r="AX8" s="13"/>
+      <c r="AY8" s="13"/>
+      <c r="AZ8" s="13"/>
+      <c r="BA8" s="13"/>
+      <c r="BB8" s="13"/>
+      <c r="BC8" s="13"/>
+      <c r="BD8" s="13"/>
+      <c r="BE8" s="13"/>
+      <c r="BF8" s="13"/>
+      <c r="BG8" s="13"/>
+      <c r="BH8" s="13"/>
+      <c r="BI8" s="13"/>
+      <c r="BJ8" s="13"/>
+      <c r="BK8" s="13"/>
+      <c r="BL8" s="13"/>
+      <c r="BM8" s="13"/>
+      <c r="BN8" s="13"/>
+      <c r="BO8" s="13"/>
+      <c r="BP8" s="13"/>
+      <c r="BQ8" s="13"/>
+      <c r="BR8" s="13"/>
+      <c r="BS8" s="13"/>
+      <c r="BT8" s="13"/>
+      <c r="BU8" s="13"/>
+      <c r="BV8" s="13"/>
+      <c r="BW8" s="13"/>
+      <c r="BX8" s="13"/>
+      <c r="BY8" s="13"/>
+      <c r="BZ8" s="13"/>
+      <c r="CA8" s="13"/>
+      <c r="CB8" s="13"/>
+      <c r="CC8" s="13"/>
+      <c r="CD8" s="13"/>
+      <c r="CE8" s="13"/>
+      <c r="CF8" s="13"/>
+      <c r="CG8" s="13"/>
+      <c r="CH8" s="13"/>
+      <c r="CI8" s="13"/>
+      <c r="CJ8" s="13"/>
+      <c r="CK8" s="13"/>
+      <c r="CL8" s="13"/>
+      <c r="CM8" s="13"/>
+      <c r="CN8" s="13"/>
+      <c r="CO8" s="13"/>
+      <c r="CP8" s="13"/>
+      <c r="CQ8" s="13"/>
+      <c r="CR8" s="13"/>
+      <c r="CS8" s="13"/>
+      <c r="CT8" s="13"/>
+      <c r="CU8" s="13"/>
+      <c r="CV8" s="13"/>
+      <c r="CW8" s="13"/>
+      <c r="CX8" s="13"/>
+      <c r="CY8" s="13"/>
+      <c r="CZ8" s="13"/>
+      <c r="DA8" s="13"/>
+      <c r="DB8" s="13"/>
+      <c r="DC8" s="13"/>
+      <c r="DD8" s="13"/>
+      <c r="DE8" s="13"/>
+      <c r="DF8" s="13"/>
+      <c r="DG8" s="13"/>
+      <c r="DH8" s="13"/>
+      <c r="DI8" s="13"/>
+      <c r="DJ8" s="13"/>
+      <c r="DK8" s="13"/>
+      <c r="DL8" s="13"/>
+      <c r="DM8" s="13"/>
+      <c r="DN8" s="13"/>
+      <c r="DO8" s="13"/>
+      <c r="DP8" s="13"/>
+      <c r="DQ8" s="13"/>
+      <c r="DR8" s="13"/>
+      <c r="DS8" s="13"/>
+      <c r="DT8" s="13"/>
+      <c r="DU8" s="13"/>
+      <c r="DV8" s="13"/>
+    </row>
+    <row r="9" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" s="10"/>
+      <c r="C9" s="10"/>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="10"/>
+      <c r="I9" s="10"/>
+      <c r="J9" s="10"/>
+      <c r="K9" s="10"/>
+      <c r="L9" s="10"/>
+      <c r="M9" s="10"/>
+      <c r="N9" s="10"/>
+      <c r="O9" s="10"/>
+      <c r="P9" s="10"/>
+      <c r="Q9" s="10"/>
+      <c r="R9" s="10"/>
+      <c r="S9" s="10"/>
+      <c r="T9" s="10"/>
+      <c r="U9" s="10"/>
+      <c r="V9" s="10"/>
+      <c r="W9" s="10"/>
+      <c r="X9" s="10"/>
+      <c r="Y9" s="10"/>
+      <c r="Z9" s="10"/>
+      <c r="AA9" s="10"/>
+      <c r="AB9" s="10"/>
+      <c r="AC9" s="10"/>
+      <c r="AD9" s="10"/>
+      <c r="AE9" s="10"/>
+      <c r="AF9" s="10"/>
+      <c r="AG9" s="10"/>
+      <c r="AH9" s="10"/>
+      <c r="AI9" s="10"/>
+      <c r="AJ9" s="10"/>
+      <c r="AK9" s="10"/>
+      <c r="AL9" s="10"/>
+      <c r="AM9" s="10"/>
+      <c r="AN9" s="10"/>
+      <c r="AO9" s="10"/>
+      <c r="AP9" s="10"/>
+      <c r="AQ9" s="10"/>
+      <c r="AR9" s="10"/>
+      <c r="AS9" s="10"/>
+      <c r="AT9" s="10"/>
+      <c r="AU9" s="10"/>
+      <c r="AV9" s="10"/>
+      <c r="AW9" s="10"/>
+      <c r="AX9" s="10"/>
+      <c r="AY9" s="10"/>
+      <c r="AZ9" s="10"/>
+      <c r="BA9" s="10"/>
+      <c r="BB9" s="10"/>
+      <c r="BC9" s="10"/>
+      <c r="BD9" s="10"/>
+      <c r="BE9" s="10"/>
+      <c r="BF9" s="10"/>
+      <c r="BG9" s="10"/>
+      <c r="BH9" s="10"/>
+      <c r="BI9" s="10"/>
+      <c r="BJ9" s="10"/>
+      <c r="BK9" s="10"/>
+      <c r="BL9" s="10"/>
+      <c r="BM9" s="10"/>
+      <c r="BN9" s="10"/>
+      <c r="BO9" s="10"/>
+      <c r="BP9" s="10"/>
+      <c r="BQ9" s="10"/>
+      <c r="BR9" s="10"/>
+      <c r="BS9" s="10"/>
+      <c r="BT9" s="10"/>
+      <c r="BU9" s="10"/>
+      <c r="BV9" s="10"/>
+      <c r="BW9" s="10"/>
+      <c r="BX9" s="10"/>
+      <c r="BY9" s="10"/>
+      <c r="BZ9" s="10"/>
+      <c r="CA9" s="10"/>
+      <c r="CB9" s="10"/>
+      <c r="CC9" s="10"/>
+      <c r="CD9" s="10"/>
+      <c r="CE9" s="10"/>
+      <c r="CF9" s="10"/>
+      <c r="CG9" s="10"/>
+      <c r="CH9" s="10"/>
+      <c r="CI9" s="10"/>
+      <c r="CJ9" s="10"/>
+      <c r="CK9" s="10"/>
+      <c r="CL9" s="10"/>
+      <c r="CM9" s="10"/>
+      <c r="CN9" s="10"/>
+      <c r="CO9" s="10"/>
+      <c r="CP9" s="10"/>
+      <c r="CQ9" s="10"/>
+      <c r="CR9" s="10"/>
+      <c r="CS9" s="10"/>
+      <c r="CT9" s="10"/>
+      <c r="CU9" s="10"/>
+      <c r="CV9" s="10"/>
+      <c r="CW9" s="10"/>
+      <c r="CX9" s="10"/>
+      <c r="CY9" s="10"/>
+      <c r="CZ9" s="10"/>
+      <c r="DA9" s="10"/>
+      <c r="DB9" s="10"/>
+      <c r="DC9" s="10"/>
+      <c r="DD9" s="10"/>
+      <c r="DE9" s="10"/>
+      <c r="DF9" s="10"/>
+      <c r="DG9" s="10"/>
+      <c r="DH9" s="10"/>
+      <c r="DI9" s="10"/>
+      <c r="DJ9" s="10"/>
+      <c r="DK9" s="10"/>
+      <c r="DL9" s="10"/>
+      <c r="DM9" s="10"/>
+      <c r="DN9" s="10"/>
+      <c r="DO9" s="10"/>
+      <c r="DP9" s="10"/>
+      <c r="DQ9" s="10"/>
+      <c r="DR9" s="10"/>
+      <c r="DS9" s="10"/>
+      <c r="DT9" s="10"/>
+      <c r="DU9" s="10"/>
+      <c r="DV9" s="10"/>
+    </row>
+    <row r="10" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="10"/>
+      <c r="C10" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="J5" s="11" t="s">
+      <c r="D10" s="9">
+        <v>0.45428377840958944</v>
+      </c>
+      <c r="E10" s="9">
+        <v>0.63982762570738316</v>
+      </c>
+      <c r="F10" s="9">
+        <v>1.2158557143453663</v>
+      </c>
+      <c r="G10" s="9">
+        <v>0.91374238064427971</v>
+      </c>
+      <c r="H10" s="9">
+        <v>0.99805102295684378</v>
+      </c>
+      <c r="I10" s="9">
+        <v>0.25090272438825423</v>
+      </c>
+      <c r="J10" s="9">
+        <v>-0.20655410374867245</v>
+      </c>
+      <c r="K10" s="9">
+        <v>-0.1637532623083473</v>
+      </c>
+      <c r="L10" s="9">
+        <v>0.24681300890483726</v>
+      </c>
+      <c r="M10" s="9">
+        <v>0.17905104198143817</v>
+      </c>
+      <c r="N10" s="9">
+        <v>0.50072455768419388</v>
+      </c>
+      <c r="O10" s="9">
+        <v>1.7898215848516656</v>
+      </c>
+      <c r="P10" s="9">
+        <v>-8.9210998911283923E-2</v>
+      </c>
+      <c r="Q10" s="9">
+        <v>1.2580960291888914</v>
+      </c>
+      <c r="R10" s="9">
+        <v>0.11913184145151945</v>
+      </c>
+      <c r="S10" s="9">
+        <v>0.4796725182955015</v>
+      </c>
+      <c r="T10" s="9">
+        <v>0.71688250223016325</v>
+      </c>
+      <c r="U10" s="9">
+        <v>0.7591810961178993</v>
+      </c>
+      <c r="V10" s="9">
+        <v>1.4330277110183687</v>
+      </c>
+      <c r="W10" s="9">
+        <v>0.85502231243611959</v>
+      </c>
+      <c r="X10" s="9">
+        <v>0.44069417692304569</v>
+      </c>
+      <c r="Y10" s="9">
+        <v>9.8594717852634517E-2</v>
+      </c>
+      <c r="Z10" s="9">
+        <v>1.1353146923412964</v>
+      </c>
+      <c r="AA10" s="9">
+        <v>0.35318482436763077</v>
+      </c>
+      <c r="AB10" s="9">
+        <v>-7.0869688900813799E-2</v>
+      </c>
+      <c r="AC10" s="9">
+        <v>6.5604317072370577E-2</v>
+      </c>
+      <c r="AD10" s="9">
+        <v>0.99834877743360551</v>
+      </c>
+      <c r="AE10" s="9">
+        <v>-0.97813861838494631</v>
+      </c>
+      <c r="AF10" s="9">
+        <v>1.2223866526734923</v>
+      </c>
+      <c r="AG10" s="9">
+        <v>-0.62377415839672778</v>
+      </c>
+      <c r="AH10" s="9">
+        <v>0.28310703863687081</v>
+      </c>
+      <c r="AI10" s="9">
+        <v>0.87149880720265571</v>
+      </c>
+      <c r="AJ10" s="9">
+        <v>0.8732141686110424</v>
+      </c>
+      <c r="AK10" s="9">
+        <v>1.0290829826263206</v>
+      </c>
+      <c r="AL10" s="9">
+        <v>2.0251136270459824E-2</v>
+      </c>
+      <c r="AM10" s="9">
+        <v>0.78327448232234076</v>
+      </c>
+      <c r="AN10" s="9">
+        <v>0.33860067127568527</v>
+      </c>
+      <c r="AO10" s="9">
+        <v>0.1424418992052523</v>
+      </c>
+      <c r="AP10" s="9">
+        <v>0.82892814512665325</v>
+      </c>
+      <c r="AQ10" s="9">
+        <v>0.3200593658569062</v>
+      </c>
+      <c r="AR10" s="9">
+        <v>1.1085994092023412</v>
+      </c>
+      <c r="AS10" s="9">
+        <v>0.8244068015485766</v>
+      </c>
+      <c r="AT10" s="9">
+        <v>-0.62771837215163373</v>
+      </c>
+      <c r="AU10" s="9">
+        <v>0.70100611416788183</v>
+      </c>
+      <c r="AV10" s="9">
+        <v>0.24835238472130072</v>
+      </c>
+      <c r="AW10" s="9">
+        <v>1.9234808125560505</v>
+      </c>
+      <c r="AX10" s="9">
+        <v>-0.35609559227079046</v>
+      </c>
+      <c r="AY10" s="9">
+        <v>-0.80368854845886517</v>
+      </c>
+      <c r="AZ10" s="9">
+        <v>0.88867994917430337</v>
+      </c>
+      <c r="BA10" s="9">
+        <v>0.73018703013265451</v>
+      </c>
+      <c r="BB10" s="9">
+        <v>1.2139603490248163</v>
+      </c>
+      <c r="BC10" s="9">
+        <v>0.4378864629970991</v>
+      </c>
+      <c r="BD10" s="9">
+        <v>-0.54662034614042909</v>
+      </c>
+      <c r="BE10" s="9">
+        <v>-1.3907666965203731</v>
+      </c>
+      <c r="BF10" s="9">
+        <v>1.2230416029454858</v>
+      </c>
+      <c r="BG10" s="9">
+        <v>-0.35075836263735027</v>
+      </c>
+      <c r="BH10" s="9">
+        <v>1.6576187635738364</v>
+      </c>
+      <c r="BI10" s="9">
+        <v>0.10323919994010566</v>
+      </c>
+      <c r="BJ10" s="9">
+        <v>-0.65894494806943271</v>
+      </c>
+      <c r="BK10" s="9">
+        <v>0.60531198498465244</v>
+      </c>
+      <c r="BL10" s="9">
+        <v>-3.4595873976414282E-2</v>
+      </c>
+      <c r="BM10" s="9">
+        <v>1.5852357101555441</v>
+      </c>
+      <c r="BN10" s="9">
+        <v>-0.13666469935327541</v>
+      </c>
+      <c r="BO10" s="9">
+        <v>-0.22878173251834255</v>
+      </c>
+      <c r="BP10" s="9">
+        <v>0.71099140026036878</v>
+      </c>
+      <c r="BQ10" s="9">
+        <v>0.35800973669479674</v>
+      </c>
+      <c r="BR10" s="9">
+        <v>0.14062759369546995</v>
+      </c>
+      <c r="BS10" s="9">
+        <v>1.2880027689755167</v>
+      </c>
+      <c r="BT10" s="9">
+        <v>-0.69624948250447005</v>
+      </c>
+      <c r="BU10" s="9">
+        <v>-0.88448651864881356</v>
+      </c>
+      <c r="BV10" s="9">
+        <v>-0.33780030285967655</v>
+      </c>
+      <c r="BW10" s="9">
+        <v>0.54509744231341983</v>
+      </c>
+      <c r="BX10" s="9">
+        <v>-0.14392568954461638</v>
+      </c>
+      <c r="BY10" s="9">
+        <v>-3.7760343569246402E-2</v>
+      </c>
+      <c r="BZ10" s="9">
+        <v>0.56182369965975454</v>
+      </c>
+      <c r="CA10" s="9">
+        <v>-0.57053695880296118</v>
+      </c>
+      <c r="CB10" s="9">
+        <v>0.14909405975186019</v>
+      </c>
+      <c r="CC10" s="9">
+        <v>0.63438544423506471</v>
+      </c>
+      <c r="CD10" s="9">
+        <v>-0.6811282141451187</v>
+      </c>
+      <c r="CE10" s="9">
+        <v>1.3943735210285979</v>
+      </c>
+      <c r="CF10" s="9">
+        <v>-0.6439810146952567</v>
+      </c>
+      <c r="CG10" s="9">
+        <v>0.34390067822293702</v>
+      </c>
+      <c r="CH10" s="9">
+        <v>0.94041621759181737</v>
+      </c>
+      <c r="CI10" s="9">
+        <v>-6.6602628159927235E-2</v>
+      </c>
+      <c r="CJ10" s="9">
+        <v>1.1588246381463847</v>
+      </c>
+      <c r="CK10" s="9">
+        <v>2.2455356893402723E-2</v>
+      </c>
+      <c r="CL10" s="9">
+        <v>1.1593020793320079</v>
+      </c>
+      <c r="CM10" s="9">
+        <v>0.38416193589189618</v>
+      </c>
+      <c r="CN10" s="9">
+        <v>-3.5143261467013076E-2</v>
+      </c>
+      <c r="CO10" s="9">
+        <v>1.0280910079924865</v>
+      </c>
+      <c r="CP10" s="9">
+        <v>-0.50755229893961484</v>
+      </c>
+      <c r="CQ10" s="9">
+        <v>0.57890445225351073</v>
+      </c>
+      <c r="CR10" s="9">
+        <v>0.19234517600131085</v>
+      </c>
+      <c r="CS10" s="9">
+        <v>-0.59556653464083809</v>
+      </c>
+      <c r="CT10" s="9">
+        <v>1.3218787558901539</v>
+      </c>
+      <c r="CU10" s="9">
+        <v>-7.6718682542605166E-2</v>
+      </c>
+      <c r="CV10" s="9">
+        <v>-3.2192945548104035E-2</v>
+      </c>
+      <c r="CW10" s="9">
+        <v>0.14782936545910275</v>
+      </c>
+      <c r="CX10" s="9">
+        <v>4.8496676998041721E-2</v>
+      </c>
+      <c r="CY10" s="9">
+        <v>-4.2373078680465426</v>
+      </c>
+      <c r="CZ10" s="9">
+        <v>-10.841394037197546</v>
+      </c>
+      <c r="DA10" s="9">
+        <v>12.012594788967519</v>
+      </c>
+      <c r="DB10" s="9">
+        <v>-3.0790858037659916</v>
+      </c>
+      <c r="DC10" s="9">
+        <v>-3.3846610629007188</v>
+      </c>
+      <c r="DD10" s="9">
+        <v>6.1006963880566616</v>
+      </c>
+      <c r="DE10" s="9">
+        <v>8.8006208297988024</v>
+      </c>
+      <c r="DF10" s="9">
+        <v>-4.0257702579314412</v>
+      </c>
+      <c r="DG10" s="9">
+        <v>2.2889939971942681</v>
+      </c>
+      <c r="DH10" s="9">
+        <v>0.96030305396055837</v>
+      </c>
+      <c r="DI10" s="9">
+        <v>0.46033753133765742</v>
+      </c>
+      <c r="DJ10" s="9">
+        <v>-1.1777642389714629</v>
+      </c>
+      <c r="DK10" s="9">
+        <v>0.72062085437110568</v>
+      </c>
+      <c r="DL10" s="9">
+        <v>-7.676535552619157E-2</v>
+      </c>
+      <c r="DM10" s="9">
+        <v>-0.94169327937210312</v>
+      </c>
+      <c r="DN10" s="9">
+        <v>0.32603738944575866</v>
+      </c>
+      <c r="DO10" s="9">
+        <v>1.1183575148759388</v>
+      </c>
+      <c r="DP10" s="9">
+        <v>-0.44203163644708354</v>
+      </c>
+      <c r="DQ10" s="9">
+        <v>0.44630566636062952</v>
+      </c>
+      <c r="DR10" s="9">
+        <v>0.8783244685507583</v>
+      </c>
+      <c r="DS10" s="9">
+        <v>-0.3174310299193337</v>
+      </c>
+      <c r="DT10" s="9">
+        <v>0.28574250272248491</v>
+      </c>
+      <c r="DU10" s="9">
+        <v>-0.28008093183615301</v>
+      </c>
+      <c r="DV10" s="9">
+        <v>0.40323322620608337</v>
+      </c>
+    </row>
+    <row r="11" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="10"/>
+      <c r="C11" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="K5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="N5" s="11" t="s">
+      <c r="D11" s="9">
+        <v>1.0019578453882616</v>
+      </c>
+      <c r="E11" s="9">
+        <v>-0.10744763461654827</v>
+      </c>
+      <c r="F11" s="9">
+        <v>0.5653277999505093</v>
+      </c>
+      <c r="G11" s="9">
+        <v>0.27222249348967864</v>
+      </c>
+      <c r="H11" s="9">
+        <v>-0.27487041075998775</v>
+      </c>
+      <c r="I11" s="9">
+        <v>0.68987974865306967</v>
+      </c>
+      <c r="J11" s="9">
+        <v>-0.17337555994853915</v>
+      </c>
+      <c r="K11" s="9">
+        <v>1.9755304531531266</v>
+      </c>
+      <c r="L11" s="9">
+        <v>6.1941857415945378E-2</v>
+      </c>
+      <c r="M11" s="9">
+        <v>0.51653971986014824</v>
+      </c>
+      <c r="N11" s="9">
+        <v>-1.515899011366173E-3</v>
+      </c>
+      <c r="O11" s="9">
+        <v>2.5332406192740962</v>
+      </c>
+      <c r="P11" s="9">
+        <v>-0.17578225652063395</v>
+      </c>
+      <c r="Q11" s="9">
+        <v>-0.17995527422549173</v>
+      </c>
+      <c r="R11" s="9">
+        <v>0.41626033163895215</v>
+      </c>
+      <c r="S11" s="9">
+        <v>-1.4035049540398177</v>
+      </c>
+      <c r="T11" s="9">
+        <v>1.4461184666014475</v>
+      </c>
+      <c r="U11" s="9">
+        <v>0.6697325469403097</v>
+      </c>
+      <c r="V11" s="9">
+        <v>11.700188139519852</v>
+      </c>
+      <c r="W11" s="9">
+        <v>-11.471844999077646</v>
+      </c>
+      <c r="X11" s="9">
+        <v>0.90324063598173154</v>
+      </c>
+      <c r="Y11" s="9">
+        <v>1.053680699116228</v>
+      </c>
+      <c r="Z11" s="9">
+        <v>9.2092683392870356</v>
+      </c>
+      <c r="AA11" s="9">
+        <v>-7.6708484912397097</v>
+      </c>
+      <c r="AB11" s="9">
+        <v>-0.69505279696922173</v>
+      </c>
+      <c r="AC11" s="9">
+        <v>0.31386245393201762</v>
+      </c>
+      <c r="AD11" s="9">
+        <v>2.2720375869171363</v>
+      </c>
+      <c r="AE11" s="9">
+        <v>-0.73652260071861519</v>
+      </c>
+      <c r="AF11" s="9">
+        <v>-0.3059517218172374</v>
+      </c>
+      <c r="AG11" s="9">
+        <v>-1.3406996299359122</v>
+      </c>
+      <c r="AH11" s="9">
+        <v>2.8167877320124575</v>
+      </c>
+      <c r="AI11" s="9">
+        <v>-2.0917657834843908</v>
+      </c>
+      <c r="AJ11" s="9">
+        <v>0.94293925732462469</v>
+      </c>
+      <c r="AK11" s="9">
+        <v>2.8720063220050775</v>
+      </c>
+      <c r="AL11" s="9">
+        <v>-0.84034375815427609</v>
+      </c>
+      <c r="AM11" s="9">
+        <v>0.58086851341042234</v>
+      </c>
+      <c r="AN11" s="9">
+        <v>1.376789613115136</v>
+      </c>
+      <c r="AO11" s="9">
+        <v>-1.2756880588277966</v>
+      </c>
+      <c r="AP11" s="9">
+        <v>-1.7234671211525097</v>
+      </c>
+      <c r="AQ11" s="9">
+        <v>2.8240685907428684</v>
+      </c>
+      <c r="AR11" s="9">
+        <v>1.452130151757558</v>
+      </c>
+      <c r="AS11" s="9">
+        <v>-1.7802803577325932</v>
+      </c>
+      <c r="AT11" s="9">
+        <v>2.3708725269703308</v>
+      </c>
+      <c r="AU11" s="9">
+        <v>0.65982593022191338</v>
+      </c>
+      <c r="AV11" s="9">
+        <v>1.0932736442133688</v>
+      </c>
+      <c r="AW11" s="9">
+        <v>0.91308366034270705</v>
+      </c>
+      <c r="AX11" s="9">
+        <v>0.83529525782302017</v>
+      </c>
+      <c r="AY11" s="9">
+        <v>-0.56810539027807749</v>
+      </c>
+      <c r="AZ11" s="9">
+        <v>-7.204320366599859E-2</v>
+      </c>
+      <c r="BA11" s="9">
+        <v>1.0558865239572697</v>
+      </c>
+      <c r="BB11" s="9">
+        <v>0.99460906372792124</v>
+      </c>
+      <c r="BC11" s="9">
+        <v>0.23744317549036964</v>
+      </c>
+      <c r="BD11" s="9">
+        <v>2.3534443768064932</v>
+      </c>
+      <c r="BE11" s="9">
+        <v>0.70833061473656755</v>
+      </c>
+      <c r="BF11" s="9">
+        <v>0.42902914104875833</v>
+      </c>
+      <c r="BG11" s="9">
+        <v>0.66442019162960264</v>
+      </c>
+      <c r="BH11" s="9">
+        <v>0.11848169981860224</v>
+      </c>
+      <c r="BI11" s="9">
+        <v>0.23288665427465105</v>
+      </c>
+      <c r="BJ11" s="9">
+        <v>-0.15109919696820384</v>
+      </c>
+      <c r="BK11" s="9">
+        <v>-0.10934135619740459</v>
+      </c>
+      <c r="BL11" s="9">
+        <v>-0.11940311000485337</v>
+      </c>
+      <c r="BM11" s="9">
+        <v>0.73293932334270551</v>
+      </c>
+      <c r="BN11" s="9">
+        <v>-0.29944983219920118</v>
+      </c>
+      <c r="BO11" s="9">
+        <v>0.33994984752222024</v>
+      </c>
+      <c r="BP11" s="9">
+        <v>-0.52098182063936349</v>
+      </c>
+      <c r="BQ11" s="9">
+        <v>-0.4606711331318678</v>
+      </c>
+      <c r="BR11" s="9">
+        <v>0.9138955084299738</v>
+      </c>
+      <c r="BS11" s="9">
+        <v>-0.21367797284297296</v>
+      </c>
+      <c r="BT11" s="9">
+        <v>0.23281565537871529</v>
+      </c>
+      <c r="BU11" s="9">
+        <v>1.6723358615692518E-2</v>
+      </c>
+      <c r="BV11" s="9">
+        <v>-1.3587342704050798</v>
+      </c>
+      <c r="BW11" s="9">
+        <v>1.9240610387975039</v>
+      </c>
+      <c r="BX11" s="9">
+        <v>-0.51987461862141515</v>
+      </c>
+      <c r="BY11" s="9">
+        <v>0.23237002254612094</v>
+      </c>
+      <c r="BZ11" s="9">
+        <v>-0.21054597485871795</v>
+      </c>
+      <c r="CA11" s="9">
+        <v>0.10468224251425795</v>
+      </c>
+      <c r="CB11" s="9">
+        <v>0.27489590189094315</v>
+      </c>
+      <c r="CC11" s="9">
+        <v>0.54560792111762169</v>
+      </c>
+      <c r="CD11" s="9">
+        <v>1.3657225050379225</v>
+      </c>
+      <c r="CE11" s="9">
+        <v>-0.77527223618287167</v>
+      </c>
+      <c r="CF11" s="9">
+        <v>0.64954450028353961</v>
+      </c>
+      <c r="CG11" s="9">
+        <v>0.20234794112982968</v>
+      </c>
+      <c r="CH11" s="9">
+        <v>-0.97570337926721606</v>
+      </c>
+      <c r="CI11" s="9">
+        <v>0.89835373335994007</v>
+      </c>
+      <c r="CJ11" s="9">
+        <v>0.75772494493253362</v>
+      </c>
+      <c r="CK11" s="9">
+        <v>0.413050258060224</v>
+      </c>
+      <c r="CL11" s="9">
+        <v>1.0237244392939715</v>
+      </c>
+      <c r="CM11" s="9">
+        <v>0.40940874120532555</v>
+      </c>
+      <c r="CN11" s="9">
+        <v>-1.6155098291059744</v>
+      </c>
+      <c r="CO11" s="9">
+        <v>0.59575791720854454</v>
+      </c>
+      <c r="CP11" s="9">
+        <v>-7.3554753591238864E-2</v>
+      </c>
+      <c r="CQ11" s="9">
+        <v>1.4096498948077851E-2</v>
+      </c>
+      <c r="CR11" s="9">
+        <v>1.70047812188119</v>
+      </c>
+      <c r="CS11" s="9">
+        <v>-0.62738635025726808</v>
+      </c>
+      <c r="CT11" s="9">
+        <v>0.50771270615541653</v>
+      </c>
+      <c r="CU11" s="9">
+        <v>1.8250132523469205</v>
+      </c>
+      <c r="CV11" s="9">
+        <v>-1.3674436753826882</v>
+      </c>
+      <c r="CW11" s="9">
+        <v>0.14393979255629574</v>
+      </c>
+      <c r="CX11" s="9">
+        <v>-0.42365723651566611</v>
+      </c>
+      <c r="CY11" s="9">
+        <v>-0.57157255748975899</v>
+      </c>
+      <c r="CZ11" s="9">
+        <v>-2.3698771494362063</v>
+      </c>
+      <c r="DA11" s="9">
+        <v>3.3787795779263092</v>
+      </c>
+      <c r="DB11" s="9">
+        <v>1.8337639008553168</v>
+      </c>
+      <c r="DC11" s="9">
+        <v>2.7275311637461499</v>
+      </c>
+      <c r="DD11" s="9">
+        <v>2.212251428882638</v>
+      </c>
+      <c r="DE11" s="9">
+        <v>1.4445323249280335</v>
+      </c>
+      <c r="DF11" s="9">
+        <v>-0.23997022576510574</v>
+      </c>
+      <c r="DG11" s="9">
+        <v>-2.7515978389393183</v>
+      </c>
+      <c r="DH11" s="9">
+        <v>1.7415972025243605</v>
+      </c>
+      <c r="DI11" s="9">
+        <v>-0.15035973939129121</v>
+      </c>
+      <c r="DJ11" s="9">
+        <v>2.3200070286035128</v>
+      </c>
+      <c r="DK11" s="9">
+        <v>-2.4610560208174519</v>
+      </c>
+      <c r="DL11" s="9">
+        <v>1.3014296789192628</v>
+      </c>
+      <c r="DM11" s="9">
+        <v>1.0238684097436419</v>
+      </c>
+      <c r="DN11" s="9">
+        <v>-1.0799371026435693</v>
+      </c>
+      <c r="DO11" s="9">
+        <v>2.6002186554307656</v>
+      </c>
+      <c r="DP11" s="9">
+        <v>0.92335399202806911</v>
+      </c>
+      <c r="DQ11" s="9">
+        <v>0.36076788688788497</v>
+      </c>
+      <c r="DR11" s="9">
+        <v>1.2177212125244381</v>
+      </c>
+      <c r="DS11" s="9">
+        <v>0.84263989996978239</v>
+      </c>
+      <c r="DT11" s="9">
+        <v>0.27948173298881329</v>
+      </c>
+      <c r="DU11" s="9">
+        <v>0.73720807959078627</v>
+      </c>
+      <c r="DV11" s="9">
+        <v>0.38071383746355991</v>
+      </c>
+    </row>
+    <row r="12" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" s="10"/>
+      <c r="C12" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="O5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="R5" s="11" t="s">
+      <c r="D12" s="9">
+        <v>0.52136065946118038</v>
+      </c>
+      <c r="E12" s="9">
+        <v>0.26230059015233564</v>
+      </c>
+      <c r="F12" s="9">
+        <v>1.2817760915171874</v>
+      </c>
+      <c r="G12" s="9">
+        <v>1.0329457375621445</v>
+      </c>
+      <c r="H12" s="9">
+        <v>1.2168550669357359</v>
+      </c>
+      <c r="I12" s="9">
+        <v>1.1547126049657379</v>
+      </c>
+      <c r="J12" s="9">
+        <v>-1.1594921434303131</v>
+      </c>
+      <c r="K12" s="9">
+        <v>-0.32631894070590306</v>
+      </c>
+      <c r="L12" s="9">
+        <v>0.2351582566406023</v>
+      </c>
+      <c r="M12" s="9">
+        <v>0.68548105225869449</v>
+      </c>
+      <c r="N12" s="9">
+        <v>1.9107531774909177</v>
+      </c>
+      <c r="O12" s="9">
+        <v>-2.7837872015552989E-2</v>
+      </c>
+      <c r="P12" s="9">
+        <v>1.3048250753867876</v>
+      </c>
+      <c r="Q12" s="9">
+        <v>5.6727346260743161E-4</v>
+      </c>
+      <c r="R12" s="9">
+        <v>1.2718511960051018</v>
+      </c>
+      <c r="S12" s="9">
+        <v>-1.7515852991930529</v>
+      </c>
+      <c r="T12" s="9">
+        <v>0.71012943227101744</v>
+      </c>
+      <c r="U12" s="9">
+        <v>3.2522467180486245</v>
+      </c>
+      <c r="V12" s="9">
+        <v>-1.4669371079783531</v>
+      </c>
+      <c r="W12" s="9">
+        <v>2.6788356268708355</v>
+      </c>
+      <c r="X12" s="9">
+        <v>2.6279761128689074</v>
+      </c>
+      <c r="Y12" s="9">
+        <v>-0.59721547930105601</v>
+      </c>
+      <c r="Z12" s="9">
+        <v>1.4155330037160354</v>
+      </c>
+      <c r="AA12" s="9">
+        <v>0.17328617150845105</v>
+      </c>
+      <c r="AB12" s="9">
+        <v>-1.324327480694393</v>
+      </c>
+      <c r="AC12" s="9">
+        <v>-2.3045037786367999</v>
+      </c>
+      <c r="AD12" s="9">
+        <v>-1.100066741927094</v>
+      </c>
+      <c r="AE12" s="9">
+        <v>2.1172324756009004</v>
+      </c>
+      <c r="AF12" s="9">
+        <v>-2.4248346936851846</v>
+      </c>
+      <c r="AG12" s="9">
+        <v>-0.46013776107557192</v>
+      </c>
+      <c r="AH12" s="9">
+        <v>-3.2462926685723517</v>
+      </c>
+      <c r="AI12" s="9">
+        <v>6.3192652064915364</v>
+      </c>
+      <c r="AJ12" s="9">
+        <v>0.17080372916511521</v>
+      </c>
+      <c r="AK12" s="9">
+        <v>1.0499007658463029</v>
+      </c>
+      <c r="AL12" s="9">
+        <v>1.1397166550701741</v>
+      </c>
+      <c r="AM12" s="9">
+        <v>-2.3540901137860573</v>
+      </c>
+      <c r="AN12" s="9">
+        <v>1.4152721436804683</v>
+      </c>
+      <c r="AO12" s="9">
+        <v>0.94225917270340176</v>
+      </c>
+      <c r="AP12" s="9">
+        <v>1.7268938024363365</v>
+      </c>
+      <c r="AQ12" s="9">
+        <v>-3.0667594687173505</v>
+      </c>
+      <c r="AR12" s="9">
+        <v>2.1034081471436963</v>
+      </c>
+      <c r="AS12" s="9">
+        <v>-0.23749986182237137</v>
+      </c>
+      <c r="AT12" s="9">
+        <v>0.93494028842249577</v>
+      </c>
+      <c r="AU12" s="9">
+        <v>9.4399670693803728E-2</v>
+      </c>
+      <c r="AV12" s="9">
+        <v>-0.47092422486173291</v>
+      </c>
+      <c r="AW12" s="9">
+        <v>1.5657258342427696</v>
+      </c>
+      <c r="AX12" s="9">
+        <v>-0.87720374639393128</v>
+      </c>
+      <c r="AY12" s="9">
+        <v>4.2538790152755155</v>
+      </c>
+      <c r="AZ12" s="9">
+        <v>1.1037634773186369</v>
+      </c>
+      <c r="BA12" s="9">
+        <v>-0.73686977894379879</v>
+      </c>
+      <c r="BB12" s="9">
+        <v>0.53331675527053335</v>
+      </c>
+      <c r="BC12" s="9">
+        <v>1.1328032598168392</v>
+      </c>
+      <c r="BD12" s="9">
+        <v>2.9963829665829991</v>
+      </c>
+      <c r="BE12" s="9">
+        <v>-4.00543943795698</v>
+      </c>
+      <c r="BF12" s="9">
+        <v>1.3056528854842355</v>
+      </c>
+      <c r="BG12" s="9">
+        <v>-4.3247045357452976</v>
+      </c>
+      <c r="BH12" s="9">
+        <v>-1.7336784386878605</v>
+      </c>
+      <c r="BI12" s="9">
+        <v>-1.7716730203095352</v>
+      </c>
+      <c r="BJ12" s="9">
+        <v>-1.7700641871540483</v>
+      </c>
+      <c r="BK12" s="9">
+        <v>-0.63269088283720976</v>
+      </c>
+      <c r="BL12" s="9">
+        <v>-1.5705881057095752</v>
+      </c>
+      <c r="BM12" s="9">
+        <v>2.4454132003580327</v>
+      </c>
+      <c r="BN12" s="9">
+        <v>2.206102212203902</v>
+      </c>
+      <c r="BO12" s="9">
+        <v>1.9455056008338687</v>
+      </c>
+      <c r="BP12" s="9">
+        <v>0.19592073725942782</v>
+      </c>
+      <c r="BQ12" s="9">
+        <v>2.5817038607383722</v>
+      </c>
+      <c r="BR12" s="9">
+        <v>1.7842607101080858</v>
+      </c>
+      <c r="BS12" s="9">
+        <v>-2.0196127680340084</v>
+      </c>
+      <c r="BT12" s="9">
+        <v>-2.3073645056977199</v>
+      </c>
+      <c r="BU12" s="9">
+        <v>4.5013647217299564</v>
+      </c>
+      <c r="BV12" s="9">
+        <v>0.5581091130227378</v>
+      </c>
+      <c r="BW12" s="9">
+        <v>-0.56014992449192391</v>
+      </c>
+      <c r="BX12" s="9">
+        <v>-0.3328819782876451</v>
+      </c>
+      <c r="BY12" s="9">
+        <v>1.4232533108484944</v>
+      </c>
+      <c r="BZ12" s="9">
+        <v>-0.74596107801704647</v>
+      </c>
+      <c r="CA12" s="9">
+        <v>-1.6195532485300532</v>
+      </c>
+      <c r="CB12" s="9">
+        <v>2.7660561855675496</v>
+      </c>
+      <c r="CC12" s="9">
+        <v>-1.7575803276564699</v>
+      </c>
+      <c r="CD12" s="9">
+        <v>0.82505968126838525</v>
+      </c>
+      <c r="CE12" s="9">
+        <v>-0.54028647843273347</v>
+      </c>
+      <c r="CF12" s="9">
+        <v>1.8708455087019615</v>
+      </c>
+      <c r="CG12" s="9">
+        <v>-0.21937272238044159</v>
+      </c>
+      <c r="CH12" s="9">
+        <v>3.0254783928077131</v>
+      </c>
+      <c r="CI12" s="9">
+        <v>0.93914270503184127</v>
+      </c>
+      <c r="CJ12" s="9">
+        <v>0.72573911482898268</v>
+      </c>
+      <c r="CK12" s="9">
+        <v>0.9090601703590977</v>
+      </c>
+      <c r="CL12" s="9">
+        <v>-0.20705182877136963</v>
+      </c>
+      <c r="CM12" s="9">
+        <v>1.6840537213966229</v>
+      </c>
+      <c r="CN12" s="9">
+        <v>1.0812180984573132</v>
+      </c>
+      <c r="CO12" s="9">
+        <v>1.8916077994585834</v>
+      </c>
+      <c r="CP12" s="9">
+        <v>0.43917057050528285</v>
+      </c>
+      <c r="CQ12" s="9">
+        <v>0.29459206304652241</v>
+      </c>
+      <c r="CR12" s="9">
+        <v>3.0718520272253897</v>
+      </c>
+      <c r="CS12" s="9">
+        <v>-1.123204135348999</v>
+      </c>
+      <c r="CT12" s="9">
+        <v>3.1019118719486585</v>
+      </c>
+      <c r="CU12" s="9">
+        <v>2.8344520098010832</v>
+      </c>
+      <c r="CV12" s="9">
+        <v>0.72688487270258406</v>
+      </c>
+      <c r="CW12" s="9">
+        <v>-1.4536912202587899</v>
+      </c>
+      <c r="CX12" s="9">
+        <v>-2.4124889071731701</v>
+      </c>
+      <c r="CY12" s="9">
+        <v>-2.517844637643492</v>
+      </c>
+      <c r="CZ12" s="9">
+        <v>-5.4068540298911927</v>
+      </c>
+      <c r="DA12" s="9">
+        <v>7.262054917837844</v>
+      </c>
+      <c r="DB12" s="9">
+        <v>1.4711130502096381</v>
+      </c>
+      <c r="DC12" s="9">
+        <v>2.8891747317752845</v>
+      </c>
+      <c r="DD12" s="9">
+        <v>2.0252414357283328</v>
+      </c>
+      <c r="DE12" s="9">
+        <v>-2.4227954180687874</v>
+      </c>
+      <c r="DF12" s="9">
+        <v>-2.0971074309140079</v>
+      </c>
+      <c r="DG12" s="9">
+        <v>3.7741459287121444</v>
+      </c>
+      <c r="DH12" s="9">
+        <v>-2.5421099533218978</v>
+      </c>
+      <c r="DI12" s="9">
+        <v>0.38571293816519869</v>
+      </c>
+      <c r="DJ12" s="9">
+        <v>0.68256765428840538</v>
+      </c>
+      <c r="DK12" s="9">
+        <v>0.45560272855662731</v>
+      </c>
+      <c r="DL12" s="9">
+        <v>-1.8668986685666908</v>
+      </c>
+      <c r="DM12" s="9">
+        <v>-1.3356225854560222</v>
+      </c>
+      <c r="DN12" s="9">
+        <v>0.56278336064146117</v>
+      </c>
+      <c r="DO12" s="9">
+        <v>-3.8301293567348154</v>
+      </c>
+      <c r="DP12" s="9">
+        <v>0.33144114218693232</v>
+      </c>
+      <c r="DQ12" s="9">
+        <v>-0.50668474547642006</v>
+      </c>
+      <c r="DR12" s="9">
+        <v>0.57381872388222632</v>
+      </c>
+      <c r="DS12" s="9">
+        <v>0.45967066538183587</v>
+      </c>
+      <c r="DT12" s="9">
+        <v>1.1425745870146358</v>
+      </c>
+      <c r="DU12" s="9">
+        <v>-7.6129132525920795E-2</v>
+      </c>
+      <c r="DV12" s="9">
+        <v>-0.65619020812113149</v>
+      </c>
+    </row>
+    <row r="13" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" s="10"/>
+      <c r="C13" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="S5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="V5" s="11" t="s">
+      <c r="D13" s="9">
+        <v>-0.1708671638350836</v>
+      </c>
+      <c r="E13" s="9">
+        <v>1.6807225468734828</v>
+      </c>
+      <c r="F13" s="9">
+        <v>-2.0835137393971195</v>
+      </c>
+      <c r="G13" s="9">
+        <v>3.2915360725668421</v>
+      </c>
+      <c r="H13" s="9">
+        <v>0.16807788379801991</v>
+      </c>
+      <c r="I13" s="9">
+        <v>0.44511336915947197</v>
+      </c>
+      <c r="J13" s="9">
+        <v>4.8297618711900441</v>
+      </c>
+      <c r="K13" s="9">
+        <v>1.7298941889063855</v>
+      </c>
+      <c r="L13" s="9">
+        <v>3.7365376295384891</v>
+      </c>
+      <c r="M13" s="9">
+        <v>3.4907107250487854</v>
+      </c>
+      <c r="N13" s="9">
+        <v>3.345053862665992</v>
+      </c>
+      <c r="O13" s="9">
+        <v>0.42676556735928273</v>
+      </c>
+      <c r="P13" s="9">
+        <v>3.1302767465036823</v>
+      </c>
+      <c r="Q13" s="9">
+        <v>-0.37841948857266061</v>
+      </c>
+      <c r="R13" s="9">
+        <v>-0.11244144301413428</v>
+      </c>
+      <c r="S13" s="9">
+        <v>0.94974462202075927</v>
+      </c>
+      <c r="T13" s="9">
+        <v>2.3558441490447279</v>
+      </c>
+      <c r="U13" s="9">
+        <v>3.4837626735642289</v>
+      </c>
+      <c r="V13" s="9">
+        <v>4.2348907288965592</v>
+      </c>
+      <c r="W13" s="9">
+        <v>3.38281437124121</v>
+      </c>
+      <c r="X13" s="9">
+        <v>3.3046645935376375</v>
+      </c>
+      <c r="Y13" s="9">
+        <v>2.4488311809259642</v>
+      </c>
+      <c r="Z13" s="9">
+        <v>5.2275882901510897</v>
+      </c>
+      <c r="AA13" s="9">
+        <v>-1.1360341126415108</v>
+      </c>
+      <c r="AB13" s="9">
+        <v>9.6451753112035021E-2</v>
+      </c>
+      <c r="AC13" s="9">
+        <v>0.7576329367040131</v>
+      </c>
+      <c r="AD13" s="9">
+        <v>9.0205825414059859E-2</v>
+      </c>
+      <c r="AE13" s="9">
+        <v>3.054398366726943</v>
+      </c>
+      <c r="AF13" s="9">
+        <v>0.89585605175072658</v>
+      </c>
+      <c r="AG13" s="9">
+        <v>-0.70966156387584078</v>
+      </c>
+      <c r="AH13" s="9">
+        <v>2.0627637522068198E-3</v>
+      </c>
+      <c r="AI13" s="9">
+        <v>-0.26227952023903356</v>
+      </c>
+      <c r="AJ13" s="9">
+        <v>-1.0684998018353724</v>
+      </c>
+      <c r="AK13" s="9">
+        <v>3.5009662519695866</v>
+      </c>
+      <c r="AL13" s="9">
+        <v>1.4167677994543055</v>
+      </c>
+      <c r="AM13" s="9">
+        <v>1.9755004276648123</v>
+      </c>
+      <c r="AN13" s="9">
+        <v>3.5078652196095987</v>
+      </c>
+      <c r="AO13" s="9">
+        <v>1.8214460603886948</v>
+      </c>
+      <c r="AP13" s="9">
+        <v>-0.75958296812616766</v>
+      </c>
+      <c r="AQ13" s="9">
+        <v>1.1222860899119667</v>
+      </c>
+      <c r="AR13" s="9">
+        <v>3.0583266114641958</v>
+      </c>
+      <c r="AS13" s="9">
+        <v>3.09213535574861</v>
+      </c>
+      <c r="AT13" s="9">
+        <v>2.4805660175941853</v>
+      </c>
+      <c r="AU13" s="9">
+        <v>0.67881473823125305</v>
+      </c>
+      <c r="AV13" s="9">
+        <v>2.9837806201357751</v>
+      </c>
+      <c r="AW13" s="9">
+        <v>0.20169050202608219</v>
+      </c>
+      <c r="AX13" s="9">
+        <v>3.5642320599503989</v>
+      </c>
+      <c r="AY13" s="9">
+        <v>0.90943374852641057</v>
+      </c>
+      <c r="AZ13" s="9">
+        <v>1.8958098665111009</v>
+      </c>
+      <c r="BA13" s="9">
+        <v>1.6321796094733259</v>
+      </c>
+      <c r="BB13" s="9">
+        <v>1.9480791299239115</v>
+      </c>
+      <c r="BC13" s="9">
+        <v>2.5785245242665411</v>
+      </c>
+      <c r="BD13" s="9">
+        <v>-1.6065325873076119</v>
+      </c>
+      <c r="BE13" s="9">
+        <v>-1.3870481686112157</v>
+      </c>
+      <c r="BF13" s="9">
+        <v>-6.8250895377377105</v>
+      </c>
+      <c r="BG13" s="9">
+        <v>-9.4253230221223845</v>
+      </c>
+      <c r="BH13" s="9">
+        <v>-0.98204384230147923</v>
+      </c>
+      <c r="BI13" s="9">
+        <v>2.6313602441737913</v>
+      </c>
+      <c r="BJ13" s="9">
+        <v>2.2798953982748031</v>
+      </c>
+      <c r="BK13" s="9">
+        <v>2.4394797785854507</v>
+      </c>
+      <c r="BL13" s="9">
+        <v>6.6190079714042156</v>
+      </c>
+      <c r="BM13" s="9">
+        <v>3.8573439518048076</v>
+      </c>
+      <c r="BN13" s="9">
+        <v>0.38025256669762086</v>
+      </c>
+      <c r="BO13" s="9">
+        <v>0.43860970389613385</v>
+      </c>
+      <c r="BP13" s="9">
+        <v>2.0293157418099952</v>
+      </c>
+      <c r="BQ13" s="9">
+        <v>0.73235998409093384</v>
+      </c>
+      <c r="BR13" s="9">
+        <v>0.3342292900723578</v>
+      </c>
+      <c r="BS13" s="9">
+        <v>0.34728348049641511</v>
+      </c>
+      <c r="BT13" s="9">
+        <v>-2.1666510046998155E-2</v>
+      </c>
+      <c r="BU13" s="9">
+        <v>1.0343300929996531</v>
+      </c>
+      <c r="BV13" s="9">
+        <v>-0.39093216214357085</v>
+      </c>
+      <c r="BW13" s="9">
+        <v>-2.6429316964167242</v>
+      </c>
+      <c r="BX13" s="9">
+        <v>3.8184394618574231</v>
+      </c>
+      <c r="BY13" s="9">
+        <v>-0.38375812293396905</v>
+      </c>
+      <c r="BZ13" s="9">
+        <v>0.23261298134124786</v>
+      </c>
+      <c r="CA13" s="9">
+        <v>0.19504015759630988</v>
+      </c>
+      <c r="CB13" s="9">
+        <v>0.86888762531307862</v>
+      </c>
+      <c r="CC13" s="9">
+        <v>2.1170545360527058</v>
+      </c>
+      <c r="CD13" s="9">
+        <v>1.1121596985002498</v>
+      </c>
+      <c r="CE13" s="9">
+        <v>3.2500873796493579E-2</v>
+      </c>
+      <c r="CF13" s="9">
+        <v>0.13601899388386585</v>
+      </c>
+      <c r="CG13" s="9">
+        <v>1.2798166017529127</v>
+      </c>
+      <c r="CH13" s="9">
+        <v>-0.27396079012957841</v>
+      </c>
+      <c r="CI13" s="9">
+        <v>3.1580584031039223</v>
+      </c>
+      <c r="CJ13" s="9">
+        <v>-1.6320660614755269</v>
+      </c>
+      <c r="CK13" s="9">
+        <v>2.2601522623051977</v>
+      </c>
+      <c r="CL13" s="9">
+        <v>-1.731968400423753</v>
+      </c>
+      <c r="CM13" s="9">
+        <v>2.4967400656466907</v>
+      </c>
+      <c r="CN13" s="9">
+        <v>3.1587143772433564</v>
+      </c>
+      <c r="CO13" s="9">
+        <v>0.79589742475552328</v>
+      </c>
+      <c r="CP13" s="9">
+        <v>2.1759328856138183</v>
+      </c>
+      <c r="CQ13" s="9">
+        <v>0.24394222853949543</v>
+      </c>
+      <c r="CR13" s="9">
+        <v>2.530727000279569</v>
+      </c>
+      <c r="CS13" s="9">
+        <v>-0.65250066810118312</v>
+      </c>
+      <c r="CT13" s="9">
+        <v>0.78474358767826402</v>
+      </c>
+      <c r="CU13" s="9">
+        <v>4.2611945901149966</v>
+      </c>
+      <c r="CV13" s="9">
+        <v>-1.7247130762197287</v>
+      </c>
+      <c r="CW13" s="9">
+        <v>0.13992792842299195</v>
+      </c>
+      <c r="CX13" s="9">
+        <v>-0.74167166277312901</v>
+      </c>
+      <c r="CY13" s="9">
+        <v>-2.595464107061801</v>
+      </c>
+      <c r="CZ13" s="9">
+        <v>-19.618639020923695</v>
+      </c>
+      <c r="DA13" s="9">
+        <v>17.653801495712401</v>
+      </c>
+      <c r="DB13" s="9">
+        <v>0.73899467802350216</v>
+      </c>
+      <c r="DC13" s="9">
+        <v>-2.9883635584455845</v>
+      </c>
+      <c r="DD13" s="9">
+        <v>9.3122586724559113</v>
+      </c>
+      <c r="DE13" s="9">
+        <v>4.706161409194948</v>
+      </c>
+      <c r="DF13" s="9">
+        <v>0.64261051239320466</v>
+      </c>
+      <c r="DG13" s="9">
+        <v>1.1137732611531987</v>
+      </c>
+      <c r="DH13" s="9">
+        <v>3.0155935105102998</v>
+      </c>
+      <c r="DI13" s="9">
+        <v>1.5975858223020936</v>
+      </c>
+      <c r="DJ13" s="9">
+        <v>1.2640620511568272</v>
+      </c>
+      <c r="DK13" s="9">
+        <v>-0.97470715810416664</v>
+      </c>
+      <c r="DL13" s="9">
+        <v>-1.7800676883213242</v>
+      </c>
+      <c r="DM13" s="9">
+        <v>-0.76005959671793732</v>
+      </c>
+      <c r="DN13" s="9">
+        <v>0.24152036489373074</v>
+      </c>
+      <c r="DO13" s="9">
+        <v>-0.21654865800647372</v>
+      </c>
+      <c r="DP13" s="9">
+        <v>-2.1520413208487952</v>
+      </c>
+      <c r="DQ13" s="9">
+        <v>-6.9402787073897798E-2</v>
+      </c>
+      <c r="DR13" s="9">
+        <v>-1.4000348872858268</v>
+      </c>
+      <c r="DS13" s="9">
+        <v>1.0443983275139317</v>
+      </c>
+      <c r="DT13" s="9">
+        <v>0.24498711454148747</v>
+      </c>
+      <c r="DU13" s="9">
+        <v>-1.635669914522083</v>
+      </c>
+      <c r="DV13" s="9">
+        <v>0.57176583974710127</v>
+      </c>
+    </row>
+    <row r="14" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" s="10"/>
+      <c r="C14" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="W5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="Z5" s="11" t="s">
+      <c r="D14" s="9">
+        <v>2.0926917013541271</v>
+      </c>
+      <c r="E14" s="9">
+        <v>-0.38354077803124653</v>
+      </c>
+      <c r="F14" s="9">
+        <v>0.82324115918723351</v>
+      </c>
+      <c r="G14" s="9">
+        <v>1.4877112518365578</v>
+      </c>
+      <c r="H14" s="9">
+        <v>1.0853832507818453</v>
+      </c>
+      <c r="I14" s="9">
+        <v>0.46195188624716366</v>
+      </c>
+      <c r="J14" s="9">
+        <v>1.2415565260679386</v>
+      </c>
+      <c r="K14" s="9">
+        <v>2.9984208887206023</v>
+      </c>
+      <c r="L14" s="9">
+        <v>0.57679297722268075</v>
+      </c>
+      <c r="M14" s="9">
+        <v>4.4630647757776103</v>
+      </c>
+      <c r="N14" s="9">
+        <v>0.76701349479127146</v>
+      </c>
+      <c r="O14" s="9">
+        <v>2.6356771059282664</v>
+      </c>
+      <c r="P14" s="9">
+        <v>2.4108044554992603E-2</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>0.1038553392513677</v>
+      </c>
+      <c r="R14" s="9">
+        <v>-0.375294456296146</v>
+      </c>
+      <c r="S14" s="9">
+        <v>0.8196916799665388</v>
+      </c>
+      <c r="T14" s="9">
+        <v>1.2218610506569973</v>
+      </c>
+      <c r="U14" s="9">
+        <v>3.516634618816596</v>
+      </c>
+      <c r="V14" s="9">
+        <v>2.1642198164635147</v>
+      </c>
+      <c r="W14" s="9">
+        <v>1.8211451675962138</v>
+      </c>
+      <c r="X14" s="9">
+        <v>3.4206881322809579</v>
+      </c>
+      <c r="Y14" s="9">
+        <v>2.1677111838043004</v>
+      </c>
+      <c r="Z14" s="9">
+        <v>5.4278467243618707</v>
+      </c>
+      <c r="AA14" s="9">
+        <v>0.36407550422752877</v>
+      </c>
+      <c r="AB14" s="9">
+        <v>-0.40367228612959138</v>
+      </c>
+      <c r="AC14" s="9">
+        <v>-2.2944554536115334</v>
+      </c>
+      <c r="AD14" s="9">
+        <v>0.33215970123927718</v>
+      </c>
+      <c r="AE14" s="9">
+        <v>2.0696732449581248</v>
+      </c>
+      <c r="AF14" s="9">
+        <v>-0.4125056159436582</v>
+      </c>
+      <c r="AG14" s="9">
+        <v>-1.7789799134604607</v>
+      </c>
+      <c r="AH14" s="9">
+        <v>0.95669895440606467</v>
+      </c>
+      <c r="AI14" s="9">
+        <v>2.6507804698555901</v>
+      </c>
+      <c r="AJ14" s="9">
+        <v>-0.58847324774819754</v>
+      </c>
+      <c r="AK14" s="9">
+        <v>2.7877101655275425</v>
+      </c>
+      <c r="AL14" s="9">
+        <v>0.95167273574365652</v>
+      </c>
+      <c r="AM14" s="9">
+        <v>1.4474227820437733</v>
+      </c>
+      <c r="AN14" s="9">
+        <v>2.6042629100226264</v>
+      </c>
+      <c r="AO14" s="9">
+        <v>3.219958390281505</v>
+      </c>
+      <c r="AP14" s="9">
+        <v>1.503089050179625</v>
+      </c>
+      <c r="AQ14" s="9">
+        <v>-3.0120298074841543</v>
+      </c>
+      <c r="AR14" s="9">
+        <v>4.3747705545738</v>
+      </c>
+      <c r="AS14" s="9">
+        <v>3.3027843751134469</v>
+      </c>
+      <c r="AT14" s="9">
+        <v>1.6198377032706759</v>
+      </c>
+      <c r="AU14" s="9">
+        <v>-1.0694421447383462</v>
+      </c>
+      <c r="AV14" s="9">
+        <v>3.5556260194462084</v>
+      </c>
+      <c r="AW14" s="9">
+        <v>0.39339450838293999</v>
+      </c>
+      <c r="AX14" s="9">
+        <v>2.2724153788091712</v>
+      </c>
+      <c r="AY14" s="9">
+        <v>1.3196328982923973</v>
+      </c>
+      <c r="AZ14" s="9">
+        <v>0.33708998845031601</v>
+      </c>
+      <c r="BA14" s="9">
+        <v>1.8370332693764055</v>
+      </c>
+      <c r="BB14" s="9">
+        <v>0.5369578953352061</v>
+      </c>
+      <c r="BC14" s="9">
+        <v>1.6414756830504871</v>
+      </c>
+      <c r="BD14" s="9">
+        <v>-0.94524248198979421</v>
+      </c>
+      <c r="BE14" s="9">
+        <v>-2.2931420388827064</v>
+      </c>
+      <c r="BF14" s="9">
+        <v>-2.1433945988444236</v>
+      </c>
+      <c r="BG14" s="9">
+        <v>-9.9444252686731716</v>
+      </c>
+      <c r="BH14" s="9">
+        <v>0.35992177525261582</v>
+      </c>
+      <c r="BI14" s="9">
+        <v>0.30525513112155522</v>
+      </c>
+      <c r="BJ14" s="9">
+        <v>2.487356594382149</v>
+      </c>
+      <c r="BK14" s="9">
+        <v>3.1974090963047246</v>
+      </c>
+      <c r="BL14" s="9">
+        <v>6.4711487286710963</v>
+      </c>
+      <c r="BM14" s="9">
+        <v>2.2131650913992615</v>
+      </c>
+      <c r="BN14" s="9">
+        <v>-0.27826091352547166</v>
+      </c>
+      <c r="BO14" s="9">
+        <v>3.3554447332043225</v>
+      </c>
+      <c r="BP14" s="9">
+        <v>-0.39897659910013772</v>
+      </c>
+      <c r="BQ14" s="9">
+        <v>1.7767141559469053</v>
+      </c>
+      <c r="BR14" s="9">
+        <v>-0.82221804134569254</v>
+      </c>
+      <c r="BS14" s="9">
+        <v>2.3314031506347419</v>
+      </c>
+      <c r="BT14" s="9">
+        <v>-0.78647823625523472</v>
+      </c>
+      <c r="BU14" s="9">
+        <v>-1.0093769645098831</v>
+      </c>
+      <c r="BV14" s="9">
+        <v>-0.43013811511212907</v>
+      </c>
+      <c r="BW14" s="9">
+        <v>-3.5569170066918332</v>
+      </c>
+      <c r="BX14" s="9">
+        <v>4.6716664880448491</v>
+      </c>
+      <c r="BY14" s="9">
+        <v>2.0977177324550382</v>
+      </c>
+      <c r="BZ14" s="9">
+        <v>2.2204800615436113</v>
+      </c>
+      <c r="CA14" s="9">
+        <v>-2.246346776040582</v>
+      </c>
+      <c r="CB14" s="9">
+        <v>0.85507507061790022</v>
+      </c>
+      <c r="CC14" s="9">
+        <v>1.609402212443257</v>
+      </c>
+      <c r="CD14" s="9">
+        <v>0.83383219109924767</v>
+      </c>
+      <c r="CE14" s="9">
+        <v>-2.5084190152637404</v>
+      </c>
+      <c r="CF14" s="9">
+        <v>2.3188447000652275</v>
+      </c>
+      <c r="CG14" s="9">
+        <v>4.3579394878164663</v>
+      </c>
+      <c r="CH14" s="9">
+        <v>1.6575492720207023</v>
+      </c>
+      <c r="CI14" s="9">
+        <v>1.4705358362866292</v>
+      </c>
+      <c r="CJ14" s="9">
+        <v>-1.9360719833998701</v>
+      </c>
+      <c r="CK14" s="9">
+        <v>-0.58206957706799756</v>
+      </c>
+      <c r="CL14" s="9">
+        <v>0.87058599155811578</v>
+      </c>
+      <c r="CM14" s="9">
+        <v>3.1820087721686292</v>
+      </c>
+      <c r="CN14" s="9">
+        <v>2.3226361268924904</v>
+      </c>
+      <c r="CO14" s="9">
+        <v>0.96949146268963204</v>
+      </c>
+      <c r="CP14" s="9">
+        <v>0.47279188774365366</v>
+      </c>
+      <c r="CQ14" s="9">
+        <v>2.1226178261827897</v>
+      </c>
+      <c r="CR14" s="9">
+        <v>0.24318276155095475</v>
+      </c>
+      <c r="CS14" s="9">
+        <v>1.2411945439359897</v>
+      </c>
+      <c r="CT14" s="9">
+        <v>2.0319935615864324</v>
+      </c>
+      <c r="CU14" s="9">
+        <v>1.4065686928533978</v>
+      </c>
+      <c r="CV14" s="9">
+        <v>-0.58290399942028159</v>
+      </c>
+      <c r="CW14" s="9">
+        <v>-1.1210451063413842</v>
+      </c>
+      <c r="CX14" s="9">
+        <v>-1.5971516180508161</v>
+      </c>
+      <c r="CY14" s="9">
+        <v>-2.088827157668149</v>
+      </c>
+      <c r="CZ14" s="9">
+        <v>-15.162717817647774</v>
+      </c>
+      <c r="DA14" s="9">
+        <v>10.248803390439875</v>
+      </c>
+      <c r="DB14" s="9">
+        <v>5.4815752173225292</v>
+      </c>
+      <c r="DC14" s="9">
+        <v>3.2496967149710372</v>
+      </c>
+      <c r="DD14" s="9">
+        <v>4.3654665581718746</v>
+      </c>
+      <c r="DE14" s="9">
+        <v>1.6942726952655676</v>
+      </c>
+      <c r="DF14" s="9">
+        <v>3.8017549925419445</v>
+      </c>
+      <c r="DG14" s="9">
+        <v>1.9578142570954213</v>
+      </c>
+      <c r="DH14" s="9">
+        <v>-0.10835560208560935</v>
+      </c>
+      <c r="DI14" s="9">
+        <v>0.95337110077073817</v>
+      </c>
+      <c r="DJ14" s="9">
+        <v>-0.26981930391389142</v>
+      </c>
+      <c r="DK14" s="9">
+        <v>-1.2517800982737413</v>
+      </c>
+      <c r="DL14" s="9">
+        <v>-1.0665297488097139</v>
+      </c>
+      <c r="DM14" s="9">
+        <v>-4.0188905627632323</v>
+      </c>
+      <c r="DN14" s="9">
+        <v>-0.82128889292627605</v>
+      </c>
+      <c r="DO14" s="9">
+        <v>0.64232002975252556</v>
+      </c>
+      <c r="DP14" s="9">
+        <v>-1.1573994170720425</v>
+      </c>
+      <c r="DQ14" s="9">
+        <v>0.88479239667880449</v>
+      </c>
+      <c r="DR14" s="9">
+        <v>-0.77255298508495684</v>
+      </c>
+      <c r="DS14" s="9">
+        <v>0.87253580746616421</v>
+      </c>
+      <c r="DT14" s="9">
+        <v>1.6430859677747804</v>
+      </c>
+      <c r="DU14" s="9">
+        <v>-0.48776283562087031</v>
+      </c>
+      <c r="DV14" s="9">
+        <v>0.18415038732516109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" s="10"/>
+      <c r="C15" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AA5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AD5" s="11" t="s">
+      <c r="D15" s="9">
+        <v>1.2913217211620207</v>
+      </c>
+      <c r="E15" s="9">
+        <v>0.56923717828951226</v>
+      </c>
+      <c r="F15" s="9">
+        <v>0.81922657195623572</v>
+      </c>
+      <c r="G15" s="9">
+        <v>-3.1294243369472952E-4</v>
+      </c>
+      <c r="H15" s="9">
+        <v>0.70910930650616422</v>
+      </c>
+      <c r="I15" s="9">
+        <v>0.63040465113022037</v>
+      </c>
+      <c r="J15" s="9">
+        <v>-4.9564123383987635E-2</v>
+      </c>
+      <c r="K15" s="9">
+        <v>1.3357865681955303</v>
+      </c>
+      <c r="L15" s="9">
+        <v>-0.20974060284105178</v>
+      </c>
+      <c r="M15" s="9">
+        <v>0.75585133141721883</v>
+      </c>
+      <c r="N15" s="9">
+        <v>0.94170926645848851</v>
+      </c>
+      <c r="O15" s="9">
+        <v>1.3854677654538676</v>
+      </c>
+      <c r="P15" s="9">
+        <v>0.86414303980488683</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>0.1800400202764223</v>
+      </c>
+      <c r="R15" s="9">
+        <v>0.93277673340588763</v>
+      </c>
+      <c r="S15" s="9">
+        <v>0.87070307217015852</v>
+      </c>
+      <c r="T15" s="9">
+        <v>0.93092567832628959</v>
+      </c>
+      <c r="U15" s="9">
+        <v>1.5657799826366983</v>
+      </c>
+      <c r="V15" s="9">
+        <v>0.90071890395925891</v>
+      </c>
+      <c r="W15" s="9">
+        <v>1.6825131768925417E-2</v>
+      </c>
+      <c r="X15" s="9">
+        <v>1.1416230734755572</v>
+      </c>
+      <c r="Y15" s="9">
+        <v>1.4087248679574174</v>
+      </c>
+      <c r="Z15" s="9">
+        <v>0.67789357726530852</v>
+      </c>
+      <c r="AA15" s="9">
+        <v>-0.30105230696108265</v>
+      </c>
+      <c r="AB15" s="9">
+        <v>-0.28569454674422445</v>
+      </c>
+      <c r="AC15" s="9">
+        <v>0.40361978587259273</v>
+      </c>
+      <c r="AD15" s="9">
+        <v>0.23560010751597815</v>
+      </c>
+      <c r="AE15" s="9">
+        <v>1.1066590121390618</v>
+      </c>
+      <c r="AF15" s="9">
+        <v>0.26247581599847081</v>
+      </c>
+      <c r="AG15" s="9">
+        <v>-1.3387837428268767E-2</v>
+      </c>
+      <c r="AH15" s="9">
+        <v>-0.49835220487918264</v>
+      </c>
+      <c r="AI15" s="9">
+        <v>0.47931774723275566</v>
+      </c>
+      <c r="AJ15" s="9">
+        <v>0.69411661088692256</v>
+      </c>
+      <c r="AK15" s="9">
+        <v>0.74598160531257918</v>
+      </c>
+      <c r="AL15" s="9">
+        <v>0.29551544819548781</v>
+      </c>
+      <c r="AM15" s="9">
+        <v>0.19478094562535375</v>
+      </c>
+      <c r="AN15" s="9">
+        <v>1.0328752811693107</v>
+      </c>
+      <c r="AO15" s="9">
+        <v>1.1474348846806919</v>
+      </c>
+      <c r="AP15" s="9">
+        <v>0.35054074005714142</v>
+      </c>
+      <c r="AQ15" s="9">
+        <v>0.22731032503391191</v>
+      </c>
+      <c r="AR15" s="9">
+        <v>0.80694821302876107</v>
+      </c>
+      <c r="AS15" s="9">
+        <v>0.18499699689530757</v>
+      </c>
+      <c r="AT15" s="9">
+        <v>1.5608133512427855</v>
+      </c>
+      <c r="AU15" s="9">
+        <v>0.91931693009460957</v>
+      </c>
+      <c r="AV15" s="9">
+        <v>0.47336854700760966</v>
+      </c>
+      <c r="AW15" s="9">
+        <v>0.59650561028898608</v>
+      </c>
+      <c r="AX15" s="9">
+        <v>1.5126418290558661</v>
+      </c>
+      <c r="AY15" s="9">
+        <v>1.1110939700453599</v>
+      </c>
+      <c r="AZ15" s="9">
+        <v>0.97139839206488432</v>
+      </c>
+      <c r="BA15" s="9">
+        <v>0.56877018434468596</v>
+      </c>
+      <c r="BB15" s="9">
+        <v>-9.0208310989652318E-2</v>
+      </c>
+      <c r="BC15" s="9">
+        <v>2.0974598216148621</v>
+      </c>
+      <c r="BD15" s="9">
+        <v>-0.25971988863103945</v>
+      </c>
+      <c r="BE15" s="9">
+        <v>-0.69577123004785335</v>
+      </c>
+      <c r="BF15" s="9">
+        <v>-2.5391710764001658</v>
+      </c>
+      <c r="BG15" s="9">
+        <v>-1.0880209540231647</v>
+      </c>
+      <c r="BH15" s="9">
+        <v>-0.54339067469298641</v>
+      </c>
+      <c r="BI15" s="9">
+        <v>0.33402655891822519</v>
+      </c>
+      <c r="BJ15" s="9">
+        <v>0.25869137450852975</v>
+      </c>
+      <c r="BK15" s="9">
+        <v>-0.34627555198247251</v>
+      </c>
+      <c r="BL15" s="9">
+        <v>1.3165547772373145</v>
+      </c>
+      <c r="BM15" s="9">
+        <v>1.1817207660447906</v>
+      </c>
+      <c r="BN15" s="9">
+        <v>0.97937531817213141</v>
+      </c>
+      <c r="BO15" s="9">
+        <v>1.0012971274461648</v>
+      </c>
+      <c r="BP15" s="9">
+        <v>-4.7889335938606337E-2</v>
+      </c>
+      <c r="BQ15" s="9">
+        <v>0.5550395063349356</v>
+      </c>
+      <c r="BR15" s="9">
+        <v>0.42825093064328712</v>
+      </c>
+      <c r="BS15" s="9">
+        <v>0.43159110181181859</v>
+      </c>
+      <c r="BT15" s="9">
+        <v>-0.35148264312374522</v>
+      </c>
+      <c r="BU15" s="9">
+        <v>0.3193167513767321</v>
+      </c>
+      <c r="BV15" s="9">
+        <v>-0.6765207066495833</v>
+      </c>
+      <c r="BW15" s="9">
+        <v>-0.40173483723380343</v>
+      </c>
+      <c r="BX15" s="9">
+        <v>0.44168466861130184</v>
+      </c>
+      <c r="BY15" s="9">
+        <v>0.29899990285093736</v>
+      </c>
+      <c r="BZ15" s="9">
+        <v>0.10230392639660124</v>
+      </c>
+      <c r="CA15" s="9">
+        <v>-1.1765941538115499E-2</v>
+      </c>
+      <c r="CB15" s="9">
+        <v>0.48644057373358862</v>
+      </c>
+      <c r="CC15" s="9">
+        <v>0.18090034381384612</v>
+      </c>
+      <c r="CD15" s="9">
+        <v>0.41936871531471809</v>
+      </c>
+      <c r="CE15" s="9">
+        <v>1.6960426353222147E-2</v>
+      </c>
+      <c r="CF15" s="9">
+        <v>0.55236820229369243</v>
+      </c>
+      <c r="CG15" s="9">
+        <v>0.38738695096276388</v>
+      </c>
+      <c r="CH15" s="9">
+        <v>0.40516104523224783</v>
+      </c>
+      <c r="CI15" s="9">
+        <v>1.1517878898983582</v>
+      </c>
+      <c r="CJ15" s="9">
+        <v>-8.1170736801865928E-2</v>
+      </c>
+      <c r="CK15" s="9">
+        <v>0.56912758861128054</v>
+      </c>
+      <c r="CL15" s="9">
+        <v>0.60473755985395883</v>
+      </c>
+      <c r="CM15" s="9">
+        <v>0.97524275940736516</v>
+      </c>
+      <c r="CN15" s="9">
+        <v>0.31608585357322738</v>
+      </c>
+      <c r="CO15" s="9">
+        <v>0.65184295359360078</v>
+      </c>
+      <c r="CP15" s="9">
+        <v>0.48751187650995575</v>
+      </c>
+      <c r="CQ15" s="9">
+        <v>0.55649385700449727</v>
+      </c>
+      <c r="CR15" s="9">
+        <v>0.784246756067148</v>
+      </c>
+      <c r="CS15" s="9">
+        <v>0.42692204510295539</v>
+      </c>
+      <c r="CT15" s="9">
+        <v>0.96018365605650047</v>
+      </c>
+      <c r="CU15" s="9">
+        <v>1.1209317778891688</v>
+      </c>
+      <c r="CV15" s="9">
+        <v>-0.63620483085453827</v>
+      </c>
+      <c r="CW15" s="9">
+        <v>0.16649085536315056</v>
+      </c>
+      <c r="CX15" s="9">
+        <v>-0.63101170516327443</v>
+      </c>
+      <c r="CY15" s="9">
+        <v>-1.1163893636239095</v>
+      </c>
+      <c r="CZ15" s="9">
+        <v>-12.617423877698982</v>
+      </c>
+      <c r="DA15" s="9">
+        <v>11.493282988204228</v>
+      </c>
+      <c r="DB15" s="9">
+        <v>-1.470065065870898</v>
+      </c>
+      <c r="DC15" s="9">
+        <v>-0.97365444965502945</v>
+      </c>
+      <c r="DD15" s="9">
+        <v>4.6133736484811578</v>
+      </c>
+      <c r="DE15" s="9">
+        <v>3.123510673702441</v>
+      </c>
+      <c r="DF15" s="9">
+        <v>0.26743246172469526</v>
+      </c>
+      <c r="DG15" s="9">
+        <v>0.30612391228426361</v>
+      </c>
+      <c r="DH15" s="9">
+        <v>2.9492232985438136</v>
+      </c>
+      <c r="DI15" s="9">
+        <v>-1.214286889808136E-2</v>
+      </c>
+      <c r="DJ15" s="9">
+        <v>-4.579685577186865E-2</v>
+      </c>
+      <c r="DK15" s="9">
+        <v>-8.7546780293422444E-2</v>
+      </c>
+      <c r="DL15" s="9">
+        <v>-1.2018211712970412</v>
+      </c>
+      <c r="DM15" s="9">
+        <v>-0.49115917599421266</v>
+      </c>
+      <c r="DN15" s="9">
+        <v>-0.48950647292895155</v>
+      </c>
+      <c r="DO15" s="9">
+        <v>0.1458384377609292</v>
+      </c>
+      <c r="DP15" s="9">
+        <v>-0.18844083541280554</v>
+      </c>
+      <c r="DQ15" s="9">
+        <v>-5.1088234197990801E-2</v>
+      </c>
+      <c r="DR15" s="9">
+        <v>0.41448612884724412</v>
+      </c>
+      <c r="DS15" s="9">
+        <v>0.15812724781210363</v>
+      </c>
+      <c r="DT15" s="9">
+        <v>-3.0659428676287348E-2</v>
+      </c>
+      <c r="DU15" s="9">
+        <v>0.42325915599903396</v>
+      </c>
+      <c r="DV15" s="9">
+        <v>0.19467041286556253</v>
+      </c>
+    </row>
+    <row r="16" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="10"/>
+      <c r="B16" s="10"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="9"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="9"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="9"/>
+      <c r="L16" s="9"/>
+      <c r="M16" s="9"/>
+      <c r="N16" s="9"/>
+      <c r="O16" s="9"/>
+      <c r="P16" s="9"/>
+      <c r="Q16" s="9"/>
+      <c r="R16" s="9"/>
+      <c r="S16" s="9"/>
+      <c r="T16" s="9"/>
+      <c r="U16" s="9"/>
+      <c r="V16" s="9"/>
+      <c r="W16" s="9"/>
+      <c r="X16" s="9"/>
+      <c r="Y16" s="9"/>
+      <c r="Z16" s="9"/>
+      <c r="AA16" s="9"/>
+      <c r="AB16" s="9"/>
+      <c r="AC16" s="9"/>
+      <c r="AD16" s="9"/>
+      <c r="AE16" s="9"/>
+      <c r="AF16" s="9"/>
+      <c r="AG16" s="9"/>
+      <c r="AH16" s="9"/>
+      <c r="AI16" s="9"/>
+      <c r="AJ16" s="9"/>
+      <c r="AK16" s="9"/>
+      <c r="AL16" s="9"/>
+      <c r="AM16" s="9"/>
+      <c r="AN16" s="9"/>
+      <c r="AO16" s="9"/>
+      <c r="AP16" s="9"/>
+      <c r="AQ16" s="9"/>
+      <c r="AR16" s="9"/>
+      <c r="AS16" s="9"/>
+      <c r="AT16" s="9"/>
+      <c r="AU16" s="9"/>
+      <c r="AV16" s="9"/>
+      <c r="AW16" s="9"/>
+      <c r="AX16" s="9"/>
+      <c r="AY16" s="9"/>
+      <c r="AZ16" s="9"/>
+      <c r="BA16" s="9"/>
+      <c r="BB16" s="9"/>
+      <c r="BC16" s="9"/>
+      <c r="BD16" s="9"/>
+      <c r="BE16" s="9"/>
+      <c r="BF16" s="9"/>
+      <c r="BG16" s="9"/>
+      <c r="BH16" s="9"/>
+      <c r="BI16" s="9"/>
+      <c r="BJ16" s="9"/>
+      <c r="BK16" s="9"/>
+      <c r="BL16" s="9"/>
+      <c r="BM16" s="9"/>
+      <c r="BN16" s="9"/>
+      <c r="BO16" s="9"/>
+      <c r="BP16" s="9"/>
+      <c r="BQ16" s="9"/>
+      <c r="BR16" s="9"/>
+      <c r="BS16" s="9"/>
+      <c r="BT16" s="9"/>
+      <c r="BU16" s="9"/>
+      <c r="BV16" s="9"/>
+      <c r="BW16" s="9"/>
+      <c r="BX16" s="9"/>
+      <c r="BY16" s="9"/>
+      <c r="BZ16" s="9"/>
+      <c r="CA16" s="9"/>
+      <c r="CB16" s="9"/>
+      <c r="CC16" s="9"/>
+      <c r="CD16" s="9"/>
+      <c r="CE16" s="9"/>
+      <c r="CF16" s="9"/>
+      <c r="CG16" s="9"/>
+      <c r="CH16" s="9"/>
+      <c r="CI16" s="9"/>
+      <c r="CJ16" s="9"/>
+      <c r="CK16" s="9"/>
+      <c r="CL16" s="9"/>
+      <c r="CM16" s="9"/>
+      <c r="CN16" s="9"/>
+      <c r="CO16" s="9"/>
+      <c r="CP16" s="9"/>
+      <c r="CQ16" s="9"/>
+      <c r="CR16" s="9"/>
+      <c r="CS16" s="9"/>
+      <c r="CT16" s="9"/>
+      <c r="CU16" s="9"/>
+      <c r="CV16" s="9"/>
+      <c r="CW16" s="9"/>
+      <c r="CX16" s="9"/>
+      <c r="CY16" s="9"/>
+      <c r="CZ16" s="9"/>
+      <c r="DA16" s="9"/>
+      <c r="DB16" s="9"/>
+      <c r="DC16" s="9"/>
+      <c r="DD16" s="9"/>
+      <c r="DE16" s="9"/>
+      <c r="DF16" s="9"/>
+      <c r="DG16" s="9"/>
+      <c r="DH16" s="9"/>
+      <c r="DI16" s="9"/>
+      <c r="DJ16" s="9"/>
+      <c r="DK16" s="9"/>
+      <c r="DL16" s="9"/>
+      <c r="DM16" s="9"/>
+      <c r="DN16" s="9"/>
+      <c r="DO16" s="9"/>
+      <c r="DP16" s="9"/>
+      <c r="DQ16" s="9"/>
+      <c r="DR16" s="9"/>
+      <c r="DS16" s="9"/>
+      <c r="DT16" s="9"/>
+      <c r="DU16" s="9"/>
+      <c r="DV16" s="9"/>
+    </row>
+    <row r="17" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="9"/>
+      <c r="D17" s="9"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="9"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="9"/>
+      <c r="L17" s="9"/>
+      <c r="M17" s="9"/>
+      <c r="N17" s="9"/>
+      <c r="O17" s="9"/>
+      <c r="P17" s="9"/>
+      <c r="Q17" s="9"/>
+      <c r="R17" s="9"/>
+      <c r="S17" s="9"/>
+      <c r="T17" s="9"/>
+      <c r="U17" s="9"/>
+      <c r="V17" s="9"/>
+      <c r="W17" s="9"/>
+      <c r="X17" s="9"/>
+      <c r="Y17" s="9"/>
+      <c r="Z17" s="9"/>
+      <c r="AA17" s="9"/>
+      <c r="AB17" s="9"/>
+      <c r="AC17" s="9"/>
+      <c r="AD17" s="9"/>
+      <c r="AE17" s="9"/>
+      <c r="AF17" s="9"/>
+      <c r="AG17" s="9"/>
+      <c r="AH17" s="9"/>
+      <c r="AI17" s="9"/>
+      <c r="AJ17" s="9"/>
+      <c r="AK17" s="9"/>
+      <c r="AL17" s="9"/>
+      <c r="AM17" s="9"/>
+      <c r="AN17" s="9"/>
+      <c r="AO17" s="9"/>
+      <c r="AP17" s="9"/>
+      <c r="AQ17" s="9"/>
+      <c r="AR17" s="9"/>
+      <c r="AS17" s="9"/>
+      <c r="AT17" s="9"/>
+      <c r="AU17" s="9"/>
+      <c r="AV17" s="9"/>
+      <c r="AW17" s="9"/>
+      <c r="AX17" s="9"/>
+      <c r="AY17" s="9"/>
+      <c r="AZ17" s="9"/>
+      <c r="BA17" s="9"/>
+      <c r="BB17" s="9"/>
+      <c r="BC17" s="9"/>
+      <c r="BD17" s="9"/>
+      <c r="BE17" s="9"/>
+      <c r="BF17" s="9"/>
+      <c r="BG17" s="9"/>
+      <c r="BH17" s="9"/>
+      <c r="BI17" s="9"/>
+      <c r="BJ17" s="9"/>
+      <c r="BK17" s="9"/>
+      <c r="BL17" s="9"/>
+      <c r="BM17" s="9"/>
+      <c r="BN17" s="9"/>
+      <c r="BO17" s="9"/>
+      <c r="BP17" s="9"/>
+      <c r="BQ17" s="9"/>
+      <c r="BR17" s="9"/>
+      <c r="BS17" s="9"/>
+      <c r="BT17" s="9"/>
+      <c r="BU17" s="9"/>
+      <c r="BV17" s="9"/>
+      <c r="BW17" s="9"/>
+      <c r="BX17" s="9"/>
+      <c r="BY17" s="9"/>
+      <c r="BZ17" s="9"/>
+      <c r="CA17" s="9"/>
+      <c r="CB17" s="9"/>
+      <c r="CC17" s="9"/>
+      <c r="CD17" s="9"/>
+      <c r="CE17" s="9"/>
+      <c r="CF17" s="9"/>
+      <c r="CG17" s="9"/>
+      <c r="CH17" s="9"/>
+      <c r="CI17" s="9"/>
+      <c r="CJ17" s="9"/>
+      <c r="CK17" s="9"/>
+      <c r="CL17" s="9"/>
+      <c r="CM17" s="9"/>
+      <c r="CN17" s="9"/>
+      <c r="CO17" s="9"/>
+      <c r="CP17" s="9"/>
+      <c r="CQ17" s="9"/>
+      <c r="CR17" s="9"/>
+      <c r="CS17" s="9"/>
+      <c r="CT17" s="9"/>
+      <c r="CU17" s="9"/>
+      <c r="CV17" s="9"/>
+      <c r="CW17" s="9"/>
+      <c r="CX17" s="9"/>
+      <c r="CY17" s="9"/>
+      <c r="CZ17" s="9"/>
+      <c r="DA17" s="9"/>
+      <c r="DB17" s="9"/>
+      <c r="DC17" s="9"/>
+      <c r="DD17" s="9"/>
+      <c r="DE17" s="9"/>
+      <c r="DF17" s="9"/>
+      <c r="DG17" s="9"/>
+      <c r="DH17" s="9"/>
+      <c r="DI17" s="9"/>
+      <c r="DJ17" s="9"/>
+      <c r="DK17" s="9"/>
+      <c r="DL17" s="9"/>
+      <c r="DM17" s="9"/>
+      <c r="DN17" s="9"/>
+      <c r="DO17" s="9"/>
+      <c r="DP17" s="9"/>
+      <c r="DQ17" s="9"/>
+      <c r="DR17" s="9"/>
+      <c r="DS17" s="9"/>
+      <c r="DT17" s="9"/>
+      <c r="DU17" s="9"/>
+      <c r="DV17" s="9"/>
+    </row>
+    <row r="18" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B18" s="10"/>
+    </row>
+    <row r="19" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="10"/>
+      <c r="C19" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AE5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AH5" s="11" t="s">
+      <c r="D19" s="9">
+        <v>0.7416040913225288</v>
+      </c>
+      <c r="E19" s="9">
+        <v>1.1045442566421428</v>
+      </c>
+      <c r="F19" s="9">
+        <v>1.8256233523825927</v>
+      </c>
+      <c r="G19" s="9">
+        <v>0.72597428219762605</v>
+      </c>
+      <c r="H19" s="9">
+        <v>1.5632705003141041</v>
+      </c>
+      <c r="I19" s="9">
+        <v>0.76921641229577631</v>
+      </c>
+      <c r="J19" s="9">
+        <v>-0.1476277695627175</v>
+      </c>
+      <c r="K19" s="9">
+        <v>0.51362344977319196</v>
+      </c>
+      <c r="L19" s="9">
+        <v>0.52204371323621501</v>
+      </c>
+      <c r="M19" s="9">
+        <v>0.44544497535225958</v>
+      </c>
+      <c r="N19" s="9">
+        <v>0.73994401719220093</v>
+      </c>
+      <c r="O19" s="9">
+        <v>1.57329599784903</v>
+      </c>
+      <c r="P19" s="9">
+        <v>5.6852385193195687E-3</v>
+      </c>
+      <c r="Q19" s="9">
+        <v>1.163458065756771</v>
+      </c>
+      <c r="R19" s="9">
+        <v>0.1447531873806156</v>
+      </c>
+      <c r="S19" s="9">
+        <v>0.22053391505740194</v>
+      </c>
+      <c r="T19" s="9">
+        <v>0.87122569697424979</v>
+      </c>
+      <c r="U19" s="9">
+        <v>0.97855332024494146</v>
+      </c>
+      <c r="V19" s="9">
+        <v>1.5026145783659786</v>
+      </c>
+      <c r="W19" s="9">
+        <v>1.6722430124546293</v>
+      </c>
+      <c r="X19" s="9">
+        <v>1.4181824097781117</v>
+      </c>
+      <c r="Y19" s="9">
+        <v>0.74292446891396935</v>
+      </c>
+      <c r="Z19" s="9">
+        <v>0.95673780599186387</v>
+      </c>
+      <c r="AA19" s="9">
+        <v>1.6120838368189681</v>
+      </c>
+      <c r="AB19" s="9">
+        <v>0.61459891088520635</v>
+      </c>
+      <c r="AC19" s="9">
+        <v>2.296455387578078E-2</v>
+      </c>
+      <c r="AD19" s="9">
+        <v>1.5921276146337391</v>
+      </c>
+      <c r="AE19" s="9">
+        <v>-1.1718142097840314</v>
+      </c>
+      <c r="AF19" s="9">
+        <v>1.7435482250751448</v>
+      </c>
+      <c r="AG19" s="9">
+        <v>-0.49961417775882921</v>
+      </c>
+      <c r="AH19" s="9">
+        <v>1.0234626548328833</v>
+      </c>
+      <c r="AI19" s="9">
+        <v>1.7139489017086191</v>
+      </c>
+      <c r="AJ19" s="9">
+        <v>0.40347627091593097</v>
+      </c>
+      <c r="AK19" s="9">
+        <v>1.3706198936148013</v>
+      </c>
+      <c r="AL19" s="9">
+        <v>0.38407271394889619</v>
+      </c>
+      <c r="AM19" s="9">
+        <v>1.318632447231451</v>
+      </c>
+      <c r="AN19" s="9">
+        <v>0.98176529246201483</v>
+      </c>
+      <c r="AO19" s="9">
+        <v>0.36747930383020844</v>
+      </c>
+      <c r="AP19" s="9">
+        <v>1.6779569009049311</v>
+      </c>
+      <c r="AQ19" s="9">
+        <v>0.91982978112589819</v>
+      </c>
+      <c r="AR19" s="9">
+        <v>1.3897625534582403</v>
+      </c>
+      <c r="AS19" s="9">
+        <v>1.9510122154471361</v>
+      </c>
+      <c r="AT19" s="9">
+        <v>-0.29854927221927596</v>
+      </c>
+      <c r="AU19" s="9">
+        <v>1.2144013208479123</v>
+      </c>
+      <c r="AV19" s="9">
+        <v>0.86870917751693355</v>
+      </c>
+      <c r="AW19" s="9">
+        <v>2.2727705114554055</v>
+      </c>
+      <c r="AX19" s="9">
+        <v>-0.11877912713164562</v>
+      </c>
+      <c r="AY19" s="9">
+        <v>0.2374902664710703</v>
+      </c>
+      <c r="AZ19" s="9">
+        <v>1.2403300803566282</v>
+      </c>
+      <c r="BA19" s="9">
+        <v>1.5294447303758147</v>
+      </c>
+      <c r="BB19" s="9">
+        <v>2.1165100134715544</v>
+      </c>
+      <c r="BC19" s="9">
+        <v>0.65536154495424626</v>
+      </c>
+      <c r="BD19" s="9">
+        <v>0.53171397539854581</v>
+      </c>
+      <c r="BE19" s="9">
+        <v>-1.3668097510356603</v>
+      </c>
+      <c r="BF19" s="9">
+        <v>0.52259755402690189</v>
+      </c>
+      <c r="BG19" s="9">
+        <v>-5.7229957823139443E-2</v>
+      </c>
+      <c r="BH19" s="9">
+        <v>1.3555941364855357</v>
+      </c>
+      <c r="BI19" s="9">
+        <v>0.60572705119123782</v>
+      </c>
+      <c r="BJ19" s="9">
+        <v>0.13549632358918018</v>
+      </c>
+      <c r="BK19" s="9">
+        <v>0.52216590720892953</v>
+      </c>
+      <c r="BL19" s="9">
+        <v>0.50975439340965067</v>
+      </c>
+      <c r="BM19" s="9">
+        <v>2.0574798415887443</v>
+      </c>
+      <c r="BN19" s="9">
+        <v>1.269980265389222</v>
+      </c>
+      <c r="BO19" s="9">
+        <v>0.33205960679751456</v>
+      </c>
+      <c r="BP19" s="9">
+        <v>1.471318513121318</v>
+      </c>
+      <c r="BQ19" s="9">
+        <v>0.93767741508055735</v>
+      </c>
+      <c r="BR19" s="9">
+        <v>0.95696843512784824</v>
+      </c>
+      <c r="BS19" s="9">
+        <v>1.7017535645370145</v>
+      </c>
+      <c r="BT19" s="9">
+        <v>-0.39843682833279104</v>
+      </c>
+      <c r="BU19" s="9">
+        <v>-5.0505061715469424E-2</v>
+      </c>
+      <c r="BV19" s="9">
+        <v>0.19904834744855293</v>
+      </c>
+      <c r="BW19" s="9">
+        <v>1.0754592902663092</v>
+      </c>
+      <c r="BX19" s="9">
+        <v>0.13901849303476865</v>
+      </c>
+      <c r="BY19" s="9">
+        <v>0.39630427941233393</v>
+      </c>
+      <c r="BZ19" s="9">
+        <v>1.092750401331898</v>
+      </c>
+      <c r="CA19" s="9">
+        <v>0.11903392438421179</v>
+      </c>
+      <c r="CB19" s="9">
+        <v>0.53829609305660142</v>
+      </c>
+      <c r="CC19" s="9">
+        <v>0.81266378827665164</v>
+      </c>
+      <c r="CD19" s="9">
+        <v>-0.25317778726363827</v>
+      </c>
+      <c r="CE19" s="9">
+        <v>1.4764178176438492</v>
+      </c>
+      <c r="CF19" s="9">
+        <v>0.3257894736624678</v>
+      </c>
+      <c r="CG19" s="9">
+        <v>0.35406131937230612</v>
+      </c>
+      <c r="CH19" s="9">
+        <v>1.0120992167153275</v>
+      </c>
+      <c r="CI19" s="9">
+        <v>0.40147321150791981</v>
+      </c>
+      <c r="CJ19" s="9">
+        <v>1.6575899171659785</v>
+      </c>
+      <c r="CK19" s="9">
+        <v>0.1802442238725348</v>
+      </c>
+      <c r="CL19" s="9">
+        <v>1.6310762086897626</v>
+      </c>
+      <c r="CM19" s="9">
+        <v>0.77879116948818705</v>
+      </c>
+      <c r="CN19" s="9">
+        <v>0.75368936855593915</v>
+      </c>
+      <c r="CO19" s="9">
+        <v>1.3594697877178845</v>
+      </c>
+      <c r="CP19" s="9">
+        <v>8.6410045650026746E-2</v>
+      </c>
+      <c r="CQ19" s="9">
+        <v>1.16792307742584</v>
+      </c>
+      <c r="CR19" s="9">
+        <v>0.37092723365388736</v>
+      </c>
+      <c r="CS19" s="9">
+        <v>0.28000316063018715</v>
+      </c>
+      <c r="CT19" s="9">
+        <v>1.8709330446258861</v>
+      </c>
+      <c r="CU19" s="9">
+        <v>-0.31413147921237794</v>
+      </c>
+      <c r="CV19" s="9">
+        <v>1.0216190939081002</v>
+      </c>
+      <c r="CW19" s="9">
+        <v>0.61836229014120647</v>
+      </c>
+      <c r="CX19" s="9">
+        <v>0.20639357840677519</v>
+      </c>
+      <c r="CY19" s="9">
+        <v>-3.9541647825185322</v>
+      </c>
+      <c r="CZ19" s="9">
+        <v>-11.18896112179155</v>
+      </c>
+      <c r="DA19" s="9">
+        <v>12.819542173066424</v>
+      </c>
+      <c r="DB19" s="9">
+        <v>-2.9506077248963578</v>
+      </c>
+      <c r="DC19" s="9">
+        <v>-2.7916285614914784</v>
+      </c>
+      <c r="DD19" s="9">
+        <v>6.6313376864284947</v>
+      </c>
+      <c r="DE19" s="9">
+        <v>9.5290159762909923</v>
+      </c>
+      <c r="DF19" s="9">
+        <v>-3.3050816928530224</v>
+      </c>
+      <c r="DG19" s="9">
+        <v>5.0310149850446351</v>
+      </c>
+      <c r="DH19" s="9">
+        <v>3.6521607985963556</v>
+      </c>
+      <c r="DI19" s="9">
+        <v>2.9915020527335514</v>
+      </c>
+      <c r="DJ19" s="9">
+        <v>0.77973794099075633</v>
+      </c>
+      <c r="DK19" s="9">
+        <v>3.5703789203138854</v>
+      </c>
+      <c r="DL19" s="9">
+        <v>0.9479885466894018</v>
+      </c>
+      <c r="DM19" s="9">
+        <v>0.30574259822088834</v>
+      </c>
+      <c r="DN19" s="9">
+        <v>1.3697453007748948</v>
+      </c>
+      <c r="DO19" s="9">
+        <v>2.1930133994020053</v>
+      </c>
+      <c r="DP19" s="9">
+        <v>0.14049161517397124</v>
+      </c>
+      <c r="DQ19" s="9">
+        <v>0.67339609561092573</v>
+      </c>
+      <c r="DR19" s="9">
+        <v>0.66466580608945947</v>
+      </c>
+      <c r="DS19" s="9">
+        <v>1.5172926137709624</v>
+      </c>
+      <c r="DT19" s="9">
+        <v>0.75649927768147052</v>
+      </c>
+      <c r="DU19" s="9">
+        <v>0.73776712703961778</v>
+      </c>
+      <c r="DV19" s="9">
+        <v>0.71436507062922772</v>
+      </c>
+    </row>
+    <row r="20" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" s="10"/>
+      <c r="C20" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AI5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AL5" s="11" t="s">
+      <c r="D20" s="9">
+        <v>0.69017380427925445</v>
+      </c>
+      <c r="E20" s="9">
+        <v>0.96891922393508878</v>
+      </c>
+      <c r="F20" s="9">
+        <v>-8.6571453446723012E-2</v>
+      </c>
+      <c r="G20" s="9">
+        <v>1.3305075672070785</v>
+      </c>
+      <c r="H20" s="9">
+        <v>1.0821881393341783</v>
+      </c>
+      <c r="I20" s="9">
+        <v>0.84985878770531542</v>
+      </c>
+      <c r="J20" s="9">
+        <v>8.204389130241907E-2</v>
+      </c>
+      <c r="K20" s="9">
+        <v>1.8856788326878018</v>
+      </c>
+      <c r="L20" s="9">
+        <v>0.36649633424889316</v>
+      </c>
+      <c r="M20" s="9">
+        <v>1.0388349417002303</v>
+      </c>
+      <c r="N20" s="9">
+        <v>-0.73457807189780056</v>
+      </c>
+      <c r="O20" s="9">
+        <v>3.130269371433684</v>
+      </c>
+      <c r="P20" s="9">
+        <v>0.98311056692233478</v>
+      </c>
+      <c r="Q20" s="9">
+        <v>0.40903228392434698</v>
+      </c>
+      <c r="R20" s="9">
+        <v>-1.6310699462304825</v>
+      </c>
+      <c r="S20" s="9">
+        <v>7.450825853341243</v>
+      </c>
+      <c r="T20" s="9">
+        <v>-2.0216299357824852</v>
+      </c>
+      <c r="U20" s="9">
+        <v>0.48975765324507847</v>
+      </c>
+      <c r="V20" s="9">
+        <v>0.23002971411843021</v>
+      </c>
+      <c r="W20" s="9">
+        <v>3.5715200598304762</v>
+      </c>
+      <c r="X20" s="9">
+        <v>-1.6330427267034366</v>
+      </c>
+      <c r="Y20" s="9">
+        <v>-0.50538556917140909</v>
+      </c>
+      <c r="Z20" s="9">
+        <v>-1.6001144385217145</v>
+      </c>
+      <c r="AA20" s="9">
+        <v>-0.5328736497523181</v>
+      </c>
+      <c r="AB20" s="9">
+        <v>3.783577876840539</v>
+      </c>
+      <c r="AC20" s="9">
+        <v>-0.24006031062268107</v>
+      </c>
+      <c r="AD20" s="9">
+        <v>5.6433886095398549</v>
+      </c>
+      <c r="AE20" s="9">
+        <v>-6.7553107942351005</v>
+      </c>
+      <c r="AF20" s="9">
+        <v>3.9767602550505359</v>
+      </c>
+      <c r="AG20" s="9">
+        <v>0.31126461208745582</v>
+      </c>
+      <c r="AH20" s="9">
+        <v>2.9331192359497464</v>
+      </c>
+      <c r="AI20" s="9">
+        <v>-2.0050155048588039</v>
+      </c>
+      <c r="AJ20" s="9">
+        <v>2.734831395101466</v>
+      </c>
+      <c r="AK20" s="9">
+        <v>-0.14719417758470854</v>
+      </c>
+      <c r="AL20" s="9">
+        <v>-0.30122223998522202</v>
+      </c>
+      <c r="AM20" s="9">
+        <v>3.4569956464166012</v>
+      </c>
+      <c r="AN20" s="9">
+        <v>-0.5962155424146971</v>
+      </c>
+      <c r="AO20" s="9">
+        <v>0.68453955929341248</v>
+      </c>
+      <c r="AP20" s="9">
+        <v>1.2326398464435897</v>
+      </c>
+      <c r="AQ20" s="9">
+        <v>3.6072685790098831</v>
+      </c>
+      <c r="AR20" s="9">
+        <v>2.5028805247847856</v>
+      </c>
+      <c r="AS20" s="9">
+        <v>0.83612319723758333</v>
+      </c>
+      <c r="AT20" s="9">
+        <v>9.5144027537870102E-2</v>
+      </c>
+      <c r="AU20" s="9">
+        <v>2.6560277494122317</v>
+      </c>
+      <c r="AV20" s="9">
+        <v>0.40456438646545223</v>
+      </c>
+      <c r="AW20" s="9">
+        <v>1.1813705413683948</v>
+      </c>
+      <c r="AX20" s="9">
+        <v>1.2026041836027588</v>
+      </c>
+      <c r="AY20" s="9">
+        <v>-0.53934273826132539</v>
+      </c>
+      <c r="AZ20" s="9">
+        <v>1.4365331428170691</v>
+      </c>
+      <c r="BA20" s="9">
+        <v>1.1345999726760709</v>
+      </c>
+      <c r="BB20" s="9">
+        <v>2.2297826355802073</v>
+      </c>
+      <c r="BC20" s="9">
+        <v>1.4936927974318053</v>
+      </c>
+      <c r="BD20" s="9">
+        <v>2.0463054517946944</v>
+      </c>
+      <c r="BE20" s="9">
+        <v>1.6477354919004483E-3</v>
+      </c>
+      <c r="BF20" s="9">
+        <v>2.7552087311737239</v>
+      </c>
+      <c r="BG20" s="9">
+        <v>0.95453386670523344</v>
+      </c>
+      <c r="BH20" s="9">
+        <v>0.56609023827311944</v>
+      </c>
+      <c r="BI20" s="9">
+        <v>1.0525268297139263</v>
+      </c>
+      <c r="BJ20" s="9">
+        <v>0.5392114886843018</v>
+      </c>
+      <c r="BK20" s="9">
+        <v>0.5156921337612772</v>
+      </c>
+      <c r="BL20" s="9">
+        <v>-0.53848356574476952</v>
+      </c>
+      <c r="BM20" s="9">
+        <v>1.0074694233721715</v>
+      </c>
+      <c r="BN20" s="9">
+        <v>1.2962176300954411</v>
+      </c>
+      <c r="BO20" s="9">
+        <v>-0.70185178291343675</v>
+      </c>
+      <c r="BP20" s="9">
+        <v>1.0283017931526359</v>
+      </c>
+      <c r="BQ20" s="9">
+        <v>1.2493515075550334</v>
+      </c>
+      <c r="BR20" s="9">
+        <v>-0.34366397681088756</v>
+      </c>
+      <c r="BS20" s="9">
+        <v>0.68937935499823766</v>
+      </c>
+      <c r="BT20" s="9">
+        <v>1.5111201266694678</v>
+      </c>
+      <c r="BU20" s="9">
+        <v>0.26035692727688797</v>
+      </c>
+      <c r="BV20" s="9">
+        <v>0.14557783730985818</v>
+      </c>
+      <c r="BW20" s="9">
+        <v>0.54658173458932424</v>
+      </c>
+      <c r="BX20" s="9">
+        <v>0.20617672814442756</v>
+      </c>
+      <c r="BY20" s="9">
+        <v>1.1741230777290639</v>
+      </c>
+      <c r="BZ20" s="9">
+        <v>0.14442251777006732</v>
+      </c>
+      <c r="CA20" s="9">
+        <v>3.7426883786821463E-2</v>
+      </c>
+      <c r="CB20" s="9">
+        <v>1.5398370666371619</v>
+      </c>
+      <c r="CC20" s="9">
+        <v>0.47962947726658456</v>
+      </c>
+      <c r="CD20" s="9">
+        <v>0.95772587189313185</v>
+      </c>
+      <c r="CE20" s="9">
+        <v>1.2404841181737964</v>
+      </c>
+      <c r="CF20" s="9">
+        <v>0.32353718140785759</v>
+      </c>
+      <c r="CG20" s="9">
+        <v>0.39107790560004219</v>
+      </c>
+      <c r="CH20" s="9">
+        <v>1.6947541392617893</v>
+      </c>
+      <c r="CI20" s="9">
+        <v>0.8282440917266598</v>
+      </c>
+      <c r="CJ20" s="9">
+        <v>-0.34399206718860853</v>
+      </c>
+      <c r="CK20" s="9">
+        <v>1.5616551010495243</v>
+      </c>
+      <c r="CL20" s="9">
+        <v>1.1177415420806653</v>
+      </c>
+      <c r="CM20" s="9">
+        <v>-8.0404834624587807E-2</v>
+      </c>
+      <c r="CN20" s="9">
+        <v>0.37718739684515867</v>
+      </c>
+      <c r="CO20" s="9">
+        <v>1.241383749198107</v>
+      </c>
+      <c r="CP20" s="9">
+        <v>-8.7460597669590356E-2</v>
+      </c>
+      <c r="CQ20" s="9">
+        <v>1.00715103165507</v>
+      </c>
+      <c r="CR20" s="9">
+        <v>1.7507562079059085</v>
+      </c>
+      <c r="CS20" s="9">
+        <v>0.33799041982656775</v>
+      </c>
+      <c r="CT20" s="9">
+        <v>0.8027045084014901</v>
+      </c>
+      <c r="CU20" s="9">
+        <v>0.91362458673577862</v>
+      </c>
+      <c r="CV20" s="9">
+        <v>0.8629145899430597</v>
+      </c>
+      <c r="CW20" s="9">
+        <v>1.9118493802814811</v>
+      </c>
+      <c r="CX20" s="9">
+        <v>-0.18047653600518743</v>
+      </c>
+      <c r="CY20" s="9">
+        <v>0.29944899743182418</v>
+      </c>
+      <c r="CZ20" s="9">
+        <v>-0.81034877673661754</v>
+      </c>
+      <c r="DA20" s="9">
+        <v>4.4009864218377288</v>
+      </c>
+      <c r="DB20" s="9">
+        <v>3.4732175366825118</v>
+      </c>
+      <c r="DC20" s="9">
+        <v>0.62478671117295903</v>
+      </c>
+      <c r="DD20" s="9">
+        <v>3.1775362536919545</v>
+      </c>
+      <c r="DE20" s="9">
+        <v>1.9824187112632785</v>
+      </c>
+      <c r="DF20" s="9">
+        <v>1.7694117061923293</v>
+      </c>
+      <c r="DG20" s="9">
+        <v>-0.313907036064208</v>
+      </c>
+      <c r="DH20" s="9">
+        <v>1.2248965620340613</v>
+      </c>
+      <c r="DI20" s="9">
+        <v>-0.44674382486675768</v>
+      </c>
+      <c r="DJ20" s="9">
+        <v>2.858109621338528</v>
+      </c>
+      <c r="DK20" s="9">
+        <v>1.6525097511875799</v>
+      </c>
+      <c r="DL20" s="9">
+        <v>2.3682919131223628</v>
+      </c>
+      <c r="DM20" s="9">
+        <v>1.0720770604560386</v>
+      </c>
+      <c r="DN20" s="9">
+        <v>1.0743093294868657</v>
+      </c>
+      <c r="DO20" s="9">
+        <v>4.0974933950312078</v>
+      </c>
+      <c r="DP20" s="9">
+        <v>1.3816276560836798</v>
+      </c>
+      <c r="DQ20" s="9">
+        <v>2.079940151873231</v>
+      </c>
+      <c r="DR20" s="9">
+        <v>0.62697574466128003</v>
+      </c>
+      <c r="DS20" s="9">
+        <v>1.1444049827522349</v>
+      </c>
+      <c r="DT20" s="9">
+        <v>2.2854976188208127</v>
+      </c>
+      <c r="DU20" s="9">
+        <v>1.0774256552817008</v>
+      </c>
+      <c r="DV20" s="9">
+        <v>0.96439484729442881</v>
+      </c>
+    </row>
+    <row r="21" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="10"/>
+      <c r="C21" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AM5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AP5" s="11" t="s">
+      <c r="D21" s="9">
+        <v>0.88320841337537104</v>
+      </c>
+      <c r="E21" s="9">
+        <v>0.53897934882296283</v>
+      </c>
+      <c r="F21" s="9">
+        <v>1.6196301779171307</v>
+      </c>
+      <c r="G21" s="9">
+        <v>1.0608055118619149</v>
+      </c>
+      <c r="H21" s="9">
+        <v>1.4861161029421339</v>
+      </c>
+      <c r="I21" s="9">
+        <v>1.6103259703109387</v>
+      </c>
+      <c r="J21" s="9">
+        <v>-0.85032453967987465</v>
+      </c>
+      <c r="K21" s="9">
+        <v>-0.13262789216895499</v>
+      </c>
+      <c r="L21" s="9">
+        <v>0.60065648282068196</v>
+      </c>
+      <c r="M21" s="9">
+        <v>1.0204541541170897</v>
+      </c>
+      <c r="N21" s="9">
+        <v>2.0666846742152245</v>
+      </c>
+      <c r="O21" s="9">
+        <v>0.2461025487741324</v>
+      </c>
+      <c r="P21" s="9">
+        <v>1.5098220008355838</v>
+      </c>
+      <c r="Q21" s="9">
+        <v>-7.2003757729419249E-2</v>
+      </c>
+      <c r="R21" s="9">
+        <v>1.3606741155642368</v>
+      </c>
+      <c r="S21" s="9">
+        <v>-1.4881728086091499</v>
+      </c>
+      <c r="T21" s="9">
+        <v>0.71731041306320265</v>
+      </c>
+      <c r="U21" s="9">
+        <v>3.4017782582811407</v>
+      </c>
+      <c r="V21" s="9">
+        <v>-1.1017851397181744</v>
+      </c>
+      <c r="W21" s="9">
+        <v>3.2728544387062897</v>
+      </c>
+      <c r="X21" s="9">
+        <v>3.0721664915995319</v>
+      </c>
+      <c r="Y21" s="9">
+        <v>-0.14231527424580293</v>
+      </c>
+      <c r="Z21" s="9">
+        <v>1.8295341912954939</v>
+      </c>
+      <c r="AA21" s="9">
+        <v>0.38065051685190099</v>
+      </c>
+      <c r="AB21" s="9">
+        <v>-1.1913002336268477</v>
+      </c>
+      <c r="AC21" s="9">
+        <v>-2.0041511335308826</v>
+      </c>
+      <c r="AD21" s="9">
+        <v>-0.92303056830537855</v>
+      </c>
+      <c r="AE21" s="9">
+        <v>1.9010378519226379</v>
+      </c>
+      <c r="AF21" s="9">
+        <v>-2.1625268025251927</v>
+      </c>
+      <c r="AG21" s="9">
+        <v>-0.34077123293474187</v>
+      </c>
+      <c r="AH21" s="9">
+        <v>-3.0587948311710278</v>
+      </c>
+      <c r="AI21" s="9">
+        <v>6.7006383323508345</v>
+      </c>
+      <c r="AJ21" s="9">
+        <v>0.35355232432934258</v>
+      </c>
+      <c r="AK21" s="9">
+        <v>1.2855395128097911</v>
+      </c>
+      <c r="AL21" s="9">
+        <v>1.3071142495184773</v>
+      </c>
+      <c r="AM21" s="9">
+        <v>-2.2060749963073079</v>
+      </c>
+      <c r="AN21" s="9">
+        <v>2.0597009161564159</v>
+      </c>
+      <c r="AO21" s="9">
+        <v>1.4107225450491256</v>
+      </c>
+      <c r="AP21" s="9">
+        <v>2.2492373423306447</v>
+      </c>
+      <c r="AQ21" s="9">
+        <v>-2.3980629588125311</v>
+      </c>
+      <c r="AR21" s="9">
+        <v>2.3506680284056642</v>
+      </c>
+      <c r="AS21" s="9">
+        <v>0.34539998221679014</v>
+      </c>
+      <c r="AT21" s="9">
+        <v>1.6009958642136439</v>
+      </c>
+      <c r="AU21" s="9">
+        <v>0.34664918487628427</v>
+      </c>
+      <c r="AV21" s="9">
+        <v>0.16692487141828849</v>
+      </c>
+      <c r="AW21" s="9">
+        <v>2.2428972192603851</v>
+      </c>
+      <c r="AX21" s="9">
+        <v>-9.5994703681483884E-2</v>
+      </c>
+      <c r="AY21" s="9">
+        <v>5.0151045056405792</v>
+      </c>
+      <c r="AZ21" s="9">
+        <v>1.8422952213404926</v>
+      </c>
+      <c r="BA21" s="9">
+        <v>-6.3673346147112397E-2</v>
+      </c>
+      <c r="BB21" s="9">
+        <v>1.0423299744567629</v>
+      </c>
+      <c r="BC21" s="9">
+        <v>2.2652847482793561</v>
+      </c>
+      <c r="BD21" s="9">
+        <v>4.0112585618202132</v>
+      </c>
+      <c r="BE21" s="9">
+        <v>-3.0548417855558512</v>
+      </c>
+      <c r="BF21" s="9">
+        <v>1.2015756184184028</v>
+      </c>
+      <c r="BG21" s="9">
+        <v>-3.6626376630092778</v>
+      </c>
+      <c r="BH21" s="9">
+        <v>-1.7435638911203881</v>
+      </c>
+      <c r="BI21" s="9">
+        <v>-1.3968684261222393</v>
+      </c>
+      <c r="BJ21" s="9">
+        <v>-1.4197864144442889</v>
+      </c>
+      <c r="BK21" s="9">
+        <v>-0.2608996822326759</v>
+      </c>
+      <c r="BL21" s="9">
+        <v>-1.0800612287777085</v>
+      </c>
+      <c r="BM21" s="9">
+        <v>3.0541716219440787</v>
+      </c>
+      <c r="BN21" s="9">
+        <v>2.461987117655525</v>
+      </c>
+      <c r="BO21" s="9">
+        <v>2.9071955250735186</v>
+      </c>
+      <c r="BP21" s="9">
+        <v>0.79519841489326382</v>
+      </c>
+      <c r="BQ21" s="9">
+        <v>3.0765901529068032</v>
+      </c>
+      <c r="BR21" s="9">
+        <v>1.7967683448007392</v>
+      </c>
+      <c r="BS21" s="9">
+        <v>-0.88422720670473609</v>
+      </c>
+      <c r="BT21" s="9">
+        <v>-1.625969986960456</v>
+      </c>
+      <c r="BU21" s="9">
+        <v>5.1183471655904071</v>
+      </c>
+      <c r="BV21" s="9">
+        <v>0.96130245411750082</v>
+      </c>
+      <c r="BW21" s="9">
+        <v>-0.12208514276915139</v>
+      </c>
+      <c r="BX21" s="9">
+        <v>3.6965081241561393E-2</v>
+      </c>
+      <c r="BY21" s="9">
+        <v>1.734216334043424</v>
+      </c>
+      <c r="BZ21" s="9">
+        <v>-0.33404180492046009</v>
+      </c>
+      <c r="CA21" s="9">
+        <v>-1.1614786688600987</v>
+      </c>
+      <c r="CB21" s="9">
+        <v>3.078354149414082</v>
+      </c>
+      <c r="CC21" s="9">
+        <v>-1.39590707507719</v>
+      </c>
+      <c r="CD21" s="9">
+        <v>1.2947021152042595</v>
+      </c>
+      <c r="CE21" s="9">
+        <v>-0.43591629764729589</v>
+      </c>
+      <c r="CF21" s="9">
+        <v>2.2343473766432282</v>
+      </c>
+      <c r="CG21" s="9">
+        <v>7.859360906330437E-2</v>
+      </c>
+      <c r="CH21" s="9">
+        <v>3.3382864289269349</v>
+      </c>
+      <c r="CI21" s="9">
+        <v>1.2478575160201473</v>
+      </c>
+      <c r="CJ21" s="9">
+        <v>1.0561810749281904</v>
+      </c>
+      <c r="CK21" s="9">
+        <v>1.2851971202279628</v>
+      </c>
+      <c r="CL21" s="9">
+        <v>0.14426934346400344</v>
+      </c>
+      <c r="CM21" s="9">
+        <v>2.0147155596652766</v>
+      </c>
+      <c r="CN21" s="9">
+        <v>1.3662917863394455</v>
+      </c>
+      <c r="CO21" s="9">
+        <v>2.1731192888489517</v>
+      </c>
+      <c r="CP21" s="9">
+        <v>0.93933018273206415</v>
+      </c>
+      <c r="CQ21" s="9">
+        <v>0.69257525186534963</v>
+      </c>
+      <c r="CR21" s="9">
+        <v>3.4626716395772803</v>
+      </c>
+      <c r="CS21" s="9">
+        <v>-0.2456757463412913</v>
+      </c>
+      <c r="CT21" s="9">
+        <v>3.6526094204134267</v>
+      </c>
+      <c r="CU21" s="9">
+        <v>3.4418549293422558</v>
+      </c>
+      <c r="CV21" s="9">
+        <v>1.1728602816737634</v>
+      </c>
+      <c r="CW21" s="9">
+        <v>-1.1280392190743669</v>
+      </c>
+      <c r="CX21" s="9">
+        <v>-1.9833669937505931</v>
+      </c>
+      <c r="CY21" s="9">
+        <v>-1.5540839027721347</v>
+      </c>
+      <c r="CZ21" s="9">
+        <v>-5.8174779231786999</v>
+      </c>
+      <c r="DA21" s="9">
+        <v>7.906845970666069</v>
+      </c>
+      <c r="DB21" s="9">
+        <v>1.9773229578729001</v>
+      </c>
+      <c r="DC21" s="9">
+        <v>3.5739641350045872</v>
+      </c>
+      <c r="DD21" s="9">
+        <v>3.7635937288073649</v>
+      </c>
+      <c r="DE21" s="9">
+        <v>-0.81157735735918379</v>
+      </c>
+      <c r="DF21" s="9">
+        <v>-0.98631950486068831</v>
+      </c>
+      <c r="DG21" s="9">
+        <v>5.9393181418980703</v>
+      </c>
+      <c r="DH21" s="9">
+        <v>0.15822844927735957</v>
+      </c>
+      <c r="DI21" s="9">
+        <v>2.6774204270195696</v>
+      </c>
+      <c r="DJ21" s="9">
+        <v>2.1617248140788519</v>
+      </c>
+      <c r="DK21" s="9">
+        <v>1.6335410289973709</v>
+      </c>
+      <c r="DL21" s="9">
+        <v>-0.66582579388655461</v>
+      </c>
+      <c r="DM21" s="9">
+        <v>-0.84611208261910065</v>
+      </c>
+      <c r="DN21" s="9">
+        <v>1.119524873518543</v>
+      </c>
+      <c r="DO21" s="9">
+        <v>-2.6753803045326379</v>
+      </c>
+      <c r="DP21" s="9">
+        <v>0.7896221639071257</v>
+      </c>
+      <c r="DQ21" s="9">
+        <v>9.9469490860329302E-2</v>
+      </c>
+      <c r="DR21" s="9">
+        <v>1.1543396136640212</v>
+      </c>
+      <c r="DS21" s="9">
+        <v>0.81406770661145345</v>
+      </c>
+      <c r="DT21" s="9">
+        <v>1.6514994537684089</v>
+      </c>
+      <c r="DU21" s="9">
+        <v>0.36752104086923509</v>
+      </c>
+      <c r="DV21" s="9">
+        <v>-0.12681731601166746</v>
+      </c>
+    </row>
+    <row r="22" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" s="10"/>
+      <c r="C22" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AQ5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AT5" s="11" t="s">
+      <c r="D22" s="9">
+        <v>-0.29347925634685623</v>
+      </c>
+      <c r="E22" s="9">
+        <v>1.9346000051564403</v>
+      </c>
+      <c r="F22" s="9">
+        <v>-2.012640206278121</v>
+      </c>
+      <c r="G22" s="9">
+        <v>3.7387312382573441</v>
+      </c>
+      <c r="H22" s="9">
+        <v>0.5584919363283376</v>
+      </c>
+      <c r="I22" s="9">
+        <v>0.45897460942920532</v>
+      </c>
+      <c r="J22" s="9">
+        <v>4.8901429897772317</v>
+      </c>
+      <c r="K22" s="9">
+        <v>1.8845333670207935</v>
+      </c>
+      <c r="L22" s="9">
+        <v>4.013697643749083</v>
+      </c>
+      <c r="M22" s="9">
+        <v>3.8256656199498167</v>
+      </c>
+      <c r="N22" s="9">
+        <v>3.3833081702735655</v>
+      </c>
+      <c r="O22" s="9">
+        <v>0.41381707692922021</v>
+      </c>
+      <c r="P22" s="9">
+        <v>2.9485708807529249</v>
+      </c>
+      <c r="Q22" s="9">
+        <v>-0.65891367402079482</v>
+      </c>
+      <c r="R22" s="9">
+        <v>-0.3098484572430209</v>
+      </c>
+      <c r="S22" s="9">
+        <v>1.1315470556261005</v>
+      </c>
+      <c r="T22" s="9">
+        <v>2.5645242386523392</v>
+      </c>
+      <c r="U22" s="9">
+        <v>3.5603927502852173</v>
+      </c>
+      <c r="V22" s="9">
+        <v>4.4853078580309784</v>
+      </c>
+      <c r="W22" s="9">
+        <v>3.9796183537118992</v>
+      </c>
+      <c r="X22" s="9">
+        <v>4.04853682029227</v>
+      </c>
+      <c r="Y22" s="9">
+        <v>2.7476469377003099</v>
+      </c>
+      <c r="Z22" s="9">
+        <v>5.7420914462666559</v>
+      </c>
+      <c r="AA22" s="9">
+        <v>-1.2453695924089629</v>
+      </c>
+      <c r="AB22" s="9">
+        <v>0.11863515583702622</v>
+      </c>
+      <c r="AC22" s="9">
+        <v>0.53731945115021063</v>
+      </c>
+      <c r="AD22" s="9">
+        <v>0.12416083596600913</v>
+      </c>
+      <c r="AE22" s="9">
+        <v>3.2928299117408528</v>
+      </c>
+      <c r="AF22" s="9">
+        <v>1.2396309526854168</v>
+      </c>
+      <c r="AG22" s="9">
+        <v>-1.1036313499480741</v>
+      </c>
+      <c r="AH22" s="9">
+        <v>-0.23150887683213739</v>
+      </c>
+      <c r="AI22" s="9">
+        <v>5.238235934854174E-3</v>
+      </c>
+      <c r="AJ22" s="9">
+        <v>-1.0450427957335648</v>
+      </c>
+      <c r="AK22" s="9">
+        <v>3.4785141131861366</v>
+      </c>
+      <c r="AL22" s="9">
+        <v>1.6906204270598693</v>
+      </c>
+      <c r="AM22" s="9">
+        <v>2.3107424817088855</v>
+      </c>
+      <c r="AN22" s="9">
+        <v>3.8566677760350103</v>
+      </c>
+      <c r="AO22" s="9">
+        <v>1.9919606623727759</v>
+      </c>
+      <c r="AP22" s="9">
+        <v>0.30791328321646461</v>
+      </c>
+      <c r="AQ22" s="9">
+        <v>1.7554100422592711</v>
+      </c>
+      <c r="AR22" s="9">
+        <v>3.1418061061955171</v>
+      </c>
+      <c r="AS22" s="9">
+        <v>3.1651791423044813</v>
+      </c>
+      <c r="AT22" s="9">
+        <v>3.4750474904816002</v>
+      </c>
+      <c r="AU22" s="9">
+        <v>1.1817956045369016</v>
+      </c>
+      <c r="AV22" s="9">
+        <v>3.7751629895984138</v>
+      </c>
+      <c r="AW22" s="9">
+        <v>1.1762409831728178</v>
+      </c>
+      <c r="AX22" s="9">
+        <v>4.0013717964265396</v>
+      </c>
+      <c r="AY22" s="9">
+        <v>1.5243050279067205</v>
+      </c>
+      <c r="AZ22" s="9">
+        <v>2.4210993501923639</v>
+      </c>
+      <c r="BA22" s="9">
+        <v>1.4778277474479751</v>
+      </c>
+      <c r="BB22" s="9">
+        <v>1.9759772215337108</v>
+      </c>
+      <c r="BC22" s="9">
+        <v>3.4634139288710344</v>
+      </c>
+      <c r="BD22" s="9">
+        <v>0.38370546406420658</v>
+      </c>
+      <c r="BE22" s="9">
+        <v>-0.28651694417729345</v>
+      </c>
+      <c r="BF22" s="9">
+        <v>-8.3911314661908989</v>
+      </c>
+      <c r="BG22" s="9">
+        <v>-11.307583447977677</v>
+      </c>
+      <c r="BH22" s="9">
+        <v>-1.8764642933169426</v>
+      </c>
+      <c r="BI22" s="9">
+        <v>2.7018879023062254</v>
+      </c>
+      <c r="BJ22" s="9">
+        <v>2.7980051943590212</v>
+      </c>
+      <c r="BK22" s="9">
+        <v>3.1781137998408298</v>
+      </c>
+      <c r="BL22" s="9">
+        <v>9.2204632893161858</v>
+      </c>
+      <c r="BM22" s="9">
+        <v>3.7737452588107061</v>
+      </c>
+      <c r="BN22" s="9">
+        <v>1.174913755886493</v>
+      </c>
+      <c r="BO22" s="9">
+        <v>2.9607246835147976</v>
+      </c>
+      <c r="BP22" s="9">
+        <v>2.297758602372582</v>
+      </c>
+      <c r="BQ22" s="9">
+        <v>0.80366463731058957</v>
+      </c>
+      <c r="BR22" s="9">
+        <v>1.2619863234016861</v>
+      </c>
+      <c r="BS22" s="9">
+        <v>0.49715433436061574</v>
+      </c>
+      <c r="BT22" s="9">
+        <v>0.55892092689933293</v>
+      </c>
+      <c r="BU22" s="9">
+        <v>1.2137714847279852</v>
+      </c>
+      <c r="BV22" s="9">
+        <v>-0.85144768978106811</v>
+      </c>
+      <c r="BW22" s="9">
+        <v>-2.0303464175938757</v>
+      </c>
+      <c r="BX22" s="9">
+        <v>3.1461856797268268</v>
+      </c>
+      <c r="BY22" s="9">
+        <v>-0.36392957969930251</v>
+      </c>
+      <c r="BZ22" s="9">
+        <v>0.15694619868678217</v>
+      </c>
+      <c r="CA22" s="9">
+        <v>0.32575271201822886</v>
+      </c>
+      <c r="CB22" s="9">
+        <v>0.85640440018445929</v>
+      </c>
+      <c r="CC22" s="9">
+        <v>2.206801247125739</v>
+      </c>
+      <c r="CD22" s="9">
+        <v>0.74996994961749408</v>
+      </c>
+      <c r="CE22" s="9">
+        <v>-0.37384787661495977</v>
+      </c>
+      <c r="CF22" s="9">
+        <v>1.3261845494197075</v>
+      </c>
+      <c r="CG22" s="9">
+        <v>0.75665379896054219</v>
+      </c>
+      <c r="CH22" s="9">
+        <v>-1.3281655845598834</v>
+      </c>
+      <c r="CI22" s="9">
+        <v>3.0372962518420081</v>
+      </c>
+      <c r="CJ22" s="9">
+        <v>-1.3338680994277468</v>
+      </c>
+      <c r="CK22" s="9">
+        <v>2.5036296054775136</v>
+      </c>
+      <c r="CL22" s="9">
+        <v>-1.3648434137088543</v>
+      </c>
+      <c r="CM22" s="9">
+        <v>3.4040080157505201</v>
+      </c>
+      <c r="CN22" s="9">
+        <v>3.3643944684452549</v>
+      </c>
+      <c r="CO22" s="9">
+        <v>0.66246943116301793</v>
+      </c>
+      <c r="CP22" s="9">
+        <v>2.5905365087589303</v>
+      </c>
+      <c r="CQ22" s="9">
+        <v>1.1267365538621021</v>
+      </c>
+      <c r="CR22" s="9">
+        <v>3.0134366031288664</v>
+      </c>
+      <c r="CS22" s="9">
+        <v>-0.16018966030819115</v>
+      </c>
+      <c r="CT22" s="9">
+        <v>0.67017365844851895</v>
+      </c>
+      <c r="CU22" s="9">
+        <v>3.2165963650474936</v>
+      </c>
+      <c r="CV22" s="9">
+        <v>-1.1171959235355757</v>
+      </c>
+      <c r="CW22" s="9">
+        <v>-2.0972297534953555E-2</v>
+      </c>
+      <c r="CX22" s="9">
+        <v>-0.91640634751747996</v>
+      </c>
+      <c r="CY22" s="9">
+        <v>-2.5293841816330769</v>
+      </c>
+      <c r="CZ22" s="9">
+        <v>-20.742448916037219</v>
+      </c>
+      <c r="DA22" s="9">
+        <v>18.180908568381483</v>
+      </c>
+      <c r="DB22" s="9">
+        <v>0.85372394041878863</v>
+      </c>
+      <c r="DC22" s="9">
+        <v>-0.96631351278251998</v>
+      </c>
+      <c r="DD22" s="9">
+        <v>12.107893429242836</v>
+      </c>
+      <c r="DE22" s="9">
+        <v>6.6240167460170056</v>
+      </c>
+      <c r="DF22" s="9">
+        <v>2.8785623510648293</v>
+      </c>
+      <c r="DG22" s="9">
+        <v>5.4046399305422739</v>
+      </c>
+      <c r="DH22" s="9">
+        <v>6.7064777440417345</v>
+      </c>
+      <c r="DI22" s="9">
+        <v>2.8494987071665321</v>
+      </c>
+      <c r="DJ22" s="9">
+        <v>0.92969869297768071</v>
+      </c>
+      <c r="DK22" s="9">
+        <v>-1.8122269553117576E-2</v>
+      </c>
+      <c r="DL22" s="9">
+        <v>-1.9620999189876045</v>
+      </c>
+      <c r="DM22" s="9">
+        <v>-1.2090935532226723</v>
+      </c>
+      <c r="DN22" s="9">
+        <v>0.56709850487415281</v>
+      </c>
+      <c r="DO22" s="9">
+        <v>-0.64269647043214206</v>
+      </c>
+      <c r="DP22" s="9">
+        <v>-0.75607909041585231</v>
+      </c>
+      <c r="DQ22" s="9">
+        <v>2.4971104955781698E-2</v>
+      </c>
+      <c r="DR22" s="9">
+        <v>-0.9281161855598441</v>
+      </c>
+      <c r="DS22" s="9">
+        <v>1.6055574812857287</v>
+      </c>
+      <c r="DT22" s="9">
+        <v>0.21928950878664466</v>
+      </c>
+      <c r="DU22" s="9">
+        <v>-1.0027158969621439</v>
+      </c>
+      <c r="DV22" s="9">
+        <v>0.84877996215246299</v>
+      </c>
+    </row>
+    <row r="23" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" s="10"/>
+      <c r="C23" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AU5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="AX5" s="11" t="s">
+      <c r="D23" s="9">
+        <v>2.6169187695188327</v>
+      </c>
+      <c r="E23" s="9">
+        <v>0.40407874064420923</v>
+      </c>
+      <c r="F23" s="9">
+        <v>1.5942734707333557</v>
+      </c>
+      <c r="G23" s="9">
+        <v>1.6155739059094998</v>
+      </c>
+      <c r="H23" s="9">
+        <v>1.8985449313222489</v>
+      </c>
+      <c r="I23" s="9">
+        <v>1.2817999098454322</v>
+      </c>
+      <c r="J23" s="9">
+        <v>1.7777543255284911</v>
+      </c>
+      <c r="K23" s="9">
+        <v>3.0992214656056802</v>
+      </c>
+      <c r="L23" s="9">
+        <v>1.1646635852590919</v>
+      </c>
+      <c r="M23" s="9">
+        <v>4.7745511364030193</v>
+      </c>
+      <c r="N23" s="9">
+        <v>1.0648008063756151</v>
+      </c>
+      <c r="O23" s="9">
+        <v>2.3243325672733306</v>
+      </c>
+      <c r="P23" s="9">
+        <v>2.8091974213964477E-2</v>
+      </c>
+      <c r="Q23" s="9">
+        <v>0.28367094702596773</v>
+      </c>
+      <c r="R23" s="9">
+        <v>-0.40822280405477329</v>
+      </c>
+      <c r="S23" s="9">
+        <v>0.48153818787474734</v>
+      </c>
+      <c r="T23" s="9">
+        <v>1.5902199392889145</v>
+      </c>
+      <c r="U23" s="9">
+        <v>4.3319000359746553</v>
+      </c>
+      <c r="V23" s="9">
+        <v>2.9822194270870028</v>
+      </c>
+      <c r="W23" s="9">
+        <v>2.2897149424576213</v>
+      </c>
+      <c r="X23" s="9">
+        <v>4.8467419976617805</v>
+      </c>
+      <c r="Y23" s="9">
+        <v>2.1625021678833463</v>
+      </c>
+      <c r="Z23" s="9">
+        <v>5.9049826156507379</v>
+      </c>
+      <c r="AA23" s="9">
+        <v>-0.10117187060949107</v>
+      </c>
+      <c r="AB23" s="9">
+        <v>-4.3517156957875613E-2</v>
+      </c>
+      <c r="AC23" s="9">
+        <v>-2.7715859316251539</v>
+      </c>
+      <c r="AD23" s="9">
+        <v>0.46051385211696072</v>
+      </c>
+      <c r="AE23" s="9">
+        <v>1.027317245475416</v>
+      </c>
+      <c r="AF23" s="9">
+        <v>0.84685265880966654</v>
+      </c>
+      <c r="AG23" s="9">
+        <v>-2.2056783789377192</v>
+      </c>
+      <c r="AH23" s="9">
+        <v>7.7660225989632181E-2</v>
+      </c>
+      <c r="AI23" s="9">
+        <v>2.579959846229201</v>
+      </c>
+      <c r="AJ23" s="9">
+        <v>-0.66719763112200781</v>
+      </c>
+      <c r="AK23" s="9">
+        <v>2.4874329078659088</v>
+      </c>
+      <c r="AL23" s="9">
+        <v>1.2301977743603345</v>
+      </c>
+      <c r="AM23" s="9">
+        <v>1.5325339095141288</v>
+      </c>
+      <c r="AN23" s="9">
+        <v>3.6842293139760045</v>
+      </c>
+      <c r="AO23" s="9">
+        <v>3.3357588660819459</v>
+      </c>
+      <c r="AP23" s="9">
+        <v>4.1771600135154046</v>
+      </c>
+      <c r="AQ23" s="9">
+        <v>-2.7090091639443301</v>
+      </c>
+      <c r="AR23" s="9">
+        <v>4.0986925050070084</v>
+      </c>
+      <c r="AS23" s="9">
+        <v>3.2887342322535602</v>
+      </c>
+      <c r="AT23" s="9">
+        <v>3.2269654179079907</v>
+      </c>
+      <c r="AU23" s="9">
+        <v>0.39404076863540638</v>
+      </c>
+      <c r="AV23" s="9">
+        <v>4.1235522076840994</v>
+      </c>
+      <c r="AW23" s="9">
+        <v>1.204573337952624</v>
+      </c>
+      <c r="AX23" s="9">
+        <v>2.823538558771574</v>
+      </c>
+      <c r="AY23" s="9">
+        <v>1.6873355093787126</v>
+      </c>
+      <c r="AZ23" s="9">
+        <v>0.46251584321814221</v>
+      </c>
+      <c r="BA23" s="9">
+        <v>3.0662944345766903</v>
+      </c>
+      <c r="BB23" s="9">
+        <v>1.7689423615846636</v>
+      </c>
+      <c r="BC23" s="9">
+        <v>2.215401580079785</v>
+      </c>
+      <c r="BD23" s="9">
+        <v>1.4436873566965289</v>
+      </c>
+      <c r="BE23" s="9">
+        <v>-1.5382189082359616</v>
+      </c>
+      <c r="BF23" s="9">
+        <v>-4.1030097671963546</v>
+      </c>
+      <c r="BG23" s="9">
+        <v>-13.844325831527655</v>
+      </c>
+      <c r="BH23" s="9">
+        <v>3.0376932649204491E-2</v>
+      </c>
+      <c r="BI23" s="9">
+        <v>1.0777622056336753</v>
+      </c>
+      <c r="BJ23" s="9">
+        <v>2.979005081696755</v>
+      </c>
+      <c r="BK23" s="9">
+        <v>4.1245093728776112</v>
+      </c>
+      <c r="BL23" s="9">
+        <v>9.2406518346957398</v>
+      </c>
+      <c r="BM23" s="9">
+        <v>3.5185218613103473</v>
+      </c>
+      <c r="BN23" s="9">
+        <v>1.2384545622460763</v>
+      </c>
+      <c r="BO23" s="9">
+        <v>5.3042225308365545</v>
+      </c>
+      <c r="BP23" s="9">
+        <v>1.3950942181233756</v>
+      </c>
+      <c r="BQ23" s="9">
+        <v>2.0899308932897043</v>
+      </c>
+      <c r="BR23" s="9">
+        <v>-0.5606485133792205</v>
+      </c>
+      <c r="BS23" s="9">
+        <v>2.4084900744600475</v>
+      </c>
+      <c r="BT23" s="9">
+        <v>-5.6693095653500336E-2</v>
+      </c>
+      <c r="BU23" s="9">
+        <v>-0.26591972465267588</v>
+      </c>
+      <c r="BV23" s="9">
+        <v>-0.28881159373555931</v>
+      </c>
+      <c r="BW23" s="9">
+        <v>-0.64262639843532554</v>
+      </c>
+      <c r="BX23" s="9">
+        <v>0.76255497877617984</v>
+      </c>
+      <c r="BY23" s="9">
+        <v>1.0639527694097524</v>
+      </c>
+      <c r="BZ23" s="9">
+        <v>0.95504824913157904</v>
+      </c>
+      <c r="CA23" s="9">
+        <v>1.8766810561381391</v>
+      </c>
+      <c r="CB23" s="9">
+        <v>-1.8339394408256453</v>
+      </c>
+      <c r="CC23" s="9">
+        <v>0.72046090569828891</v>
+      </c>
+      <c r="CD23" s="9">
+        <v>-0.67899827612916397</v>
+      </c>
+      <c r="CE23" s="9">
+        <v>0.60713994531811011</v>
+      </c>
+      <c r="CF23" s="9">
+        <v>1.0042055454446199</v>
+      </c>
+      <c r="CG23" s="9">
+        <v>1.9015556015906014</v>
+      </c>
+      <c r="CH23" s="9">
+        <v>-0.2825047923361268</v>
+      </c>
+      <c r="CI23" s="9">
+        <v>0.64021207888779941</v>
+      </c>
+      <c r="CJ23" s="9">
+        <v>-0.90336451931212025</v>
+      </c>
+      <c r="CK23" s="9">
+        <v>1.4188155610129769</v>
+      </c>
+      <c r="CL23" s="9">
+        <v>2.9409141021131973</v>
+      </c>
+      <c r="CM23" s="9">
+        <v>2.715498920567299</v>
+      </c>
+      <c r="CN23" s="9">
+        <v>2.4059763855577927</v>
+      </c>
+      <c r="CO23" s="9">
+        <v>0.97293348423943371</v>
+      </c>
+      <c r="CP23" s="9">
+        <v>1.804098975865287</v>
+      </c>
+      <c r="CQ23" s="9">
+        <v>1.4828358633905765</v>
+      </c>
+      <c r="CR23" s="9">
+        <v>1.9105040857646287</v>
+      </c>
+      <c r="CS23" s="9">
+        <v>2.1064078293399007</v>
+      </c>
+      <c r="CT23" s="9">
+        <v>2.0171502610589016</v>
+      </c>
+      <c r="CU23" s="9">
+        <v>6.1543290748190316E-2</v>
+      </c>
+      <c r="CV23" s="9">
+        <v>0.56457286844245402</v>
+      </c>
+      <c r="CW23" s="9">
+        <v>-1.7803021389300966</v>
+      </c>
+      <c r="CX23" s="9">
+        <v>-0.92506641202217565</v>
+      </c>
+      <c r="CY23" s="9">
+        <v>-2.9910277111958266</v>
+      </c>
+      <c r="CZ23" s="9">
+        <v>-18.325082676099285</v>
+      </c>
+      <c r="DA23" s="9">
+        <v>12.747898716477508</v>
+      </c>
+      <c r="DB23" s="9">
+        <v>6.2138934227566267</v>
+      </c>
+      <c r="DC23" s="9">
+        <v>4.6720663956151043</v>
+      </c>
+      <c r="DD23" s="9">
+        <v>7.8473501071859317</v>
+      </c>
+      <c r="DE23" s="9">
+        <v>4.1815899675363255</v>
+      </c>
+      <c r="DF23" s="9">
+        <v>6.9842684672957773</v>
+      </c>
+      <c r="DG23" s="9">
+        <v>8.4040790654060089</v>
+      </c>
+      <c r="DH23" s="9">
+        <v>5.2634681108105781</v>
+      </c>
+      <c r="DI23" s="9">
+        <v>3.7182105544930408</v>
+      </c>
+      <c r="DJ23" s="9">
+        <v>-0.75288287077582083</v>
+      </c>
+      <c r="DK23" s="9">
+        <v>-0.77494983624832514</v>
+      </c>
+      <c r="DL23" s="9">
+        <v>-2.8953540673555977</v>
+      </c>
+      <c r="DM23" s="9">
+        <v>-4.3814377186573097</v>
+      </c>
+      <c r="DN23" s="9">
+        <v>-0.15347221904185915</v>
+      </c>
+      <c r="DO23" s="9">
+        <v>-0.95348875086122575</v>
+      </c>
+      <c r="DP23" s="9">
+        <v>0.11943757587719972</v>
+      </c>
+      <c r="DQ23" s="9">
+        <v>1.129828846427742</v>
+      </c>
+      <c r="DR23" s="9">
+        <v>0.13939044869218264</v>
+      </c>
+      <c r="DS23" s="9">
+        <v>0.31338460643925714</v>
+      </c>
+      <c r="DT23" s="9">
+        <v>0.69965845327672582</v>
+      </c>
+      <c r="DU23" s="9">
+        <v>0.23477771109699574</v>
+      </c>
+      <c r="DV23" s="9">
+        <v>1.1455055282990685</v>
+      </c>
+    </row>
+    <row r="24" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="10"/>
+      <c r="C24" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="AY5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BB5" s="11" t="s">
+      <c r="D24" s="9">
+        <v>1.5404590094994859</v>
+      </c>
+      <c r="E24" s="9">
+        <v>1.0284746809443135</v>
+      </c>
+      <c r="F24" s="9">
+        <v>0.49442929761896437</v>
+      </c>
+      <c r="G24" s="9">
+        <v>0.81270934724990695</v>
+      </c>
+      <c r="H24" s="9">
+        <v>0.7392060552711115</v>
+      </c>
+      <c r="I24" s="9">
+        <v>0.65879307107491059</v>
+      </c>
+      <c r="J24" s="9">
+        <v>0.25364845664492464</v>
+      </c>
+      <c r="K24" s="9">
+        <v>1.6397403335650864</v>
+      </c>
+      <c r="L24" s="9">
+        <v>0.22096458010258857</v>
+      </c>
+      <c r="M24" s="9">
+        <v>1.2965439510259671</v>
+      </c>
+      <c r="N24" s="9">
+        <v>1.3072429040961993</v>
+      </c>
+      <c r="O24" s="9">
+        <v>1.190680030127325</v>
+      </c>
+      <c r="P24" s="9">
+        <v>0.95594733803403642</v>
+      </c>
+      <c r="Q24" s="9">
+        <v>0.39596758656969655</v>
+      </c>
+      <c r="R24" s="9">
+        <v>0.38146000774106881</v>
+      </c>
+      <c r="S24" s="9">
+        <v>2.553422182604038</v>
+      </c>
+      <c r="T24" s="9">
+        <v>-1.3300720724203074E-2</v>
+      </c>
+      <c r="U24" s="9">
+        <v>1.3937091553758876</v>
+      </c>
+      <c r="V24" s="9">
+        <v>-0.43860741392151681</v>
+      </c>
+      <c r="W24" s="9">
+        <v>3.0939222378820546</v>
+      </c>
+      <c r="X24" s="9">
+        <v>0.44401981292054415</v>
+      </c>
+      <c r="Y24" s="9">
+        <v>1.9099752239382042</v>
+      </c>
+      <c r="Z24" s="9">
+        <v>0.38084907489410114</v>
+      </c>
+      <c r="AA24" s="9">
+        <v>0.99332854261562886</v>
+      </c>
+      <c r="AB24" s="9">
+        <v>0.68973676069832379</v>
+      </c>
+      <c r="AC24" s="9">
+        <v>0.55321005341633622</v>
+      </c>
+      <c r="AD24" s="9">
+        <v>0.20345378351255761</v>
+      </c>
+      <c r="AE24" s="9">
+        <v>0.69193338942241667</v>
+      </c>
+      <c r="AF24" s="9">
+        <v>1.2731699456179655</v>
+      </c>
+      <c r="AG24" s="9">
+        <v>0.49555003694854349</v>
+      </c>
+      <c r="AH24" s="9">
+        <v>0.22484619890788338</v>
+      </c>
+      <c r="AI24" s="9">
+        <v>0.9729798420742668</v>
+      </c>
+      <c r="AJ24" s="9">
+        <v>0.56136080605536165</v>
+      </c>
+      <c r="AK24" s="9">
+        <v>0.12419810696209765</v>
+      </c>
+      <c r="AL24" s="9">
+        <v>0.90406239867661498</v>
+      </c>
+      <c r="AM24" s="9">
+        <v>1.4515325747178878</v>
+      </c>
+      <c r="AN24" s="9">
+        <v>0.84453710285177408</v>
+      </c>
+      <c r="AO24" s="9">
+        <v>1.5762500428184012</v>
+      </c>
+      <c r="AP24" s="9">
+        <v>1.2388080651126927</v>
+      </c>
+      <c r="AQ24" s="9">
+        <v>0.48977091228596237</v>
+      </c>
+      <c r="AR24" s="9">
+        <v>1.8235292964786822</v>
+      </c>
+      <c r="AS24" s="9">
+        <v>1.9516185026691772</v>
+      </c>
+      <c r="AT24" s="9">
+        <v>0.70771206183606239</v>
+      </c>
+      <c r="AU24" s="9">
+        <v>1.9462651329087919</v>
+      </c>
+      <c r="AV24" s="9">
+        <v>1.0217721721247131</v>
+      </c>
+      <c r="AW24" s="9">
+        <v>0.87097698182860483</v>
+      </c>
+      <c r="AX24" s="9">
+        <v>1.3678019965877724</v>
+      </c>
+      <c r="AY24" s="9">
+        <v>2.3976333664480194</v>
+      </c>
+      <c r="AZ24" s="9">
+        <v>1.1596575677352234</v>
+      </c>
+      <c r="BA24" s="9">
+        <v>1.1491230403035928</v>
+      </c>
+      <c r="BB24" s="9">
+        <v>1.3087909600904197</v>
+      </c>
+      <c r="BC24" s="9">
+        <v>1.1116122306150942</v>
+      </c>
+      <c r="BD24" s="9">
+        <v>1.5075381561452588</v>
+      </c>
+      <c r="BE24" s="9">
+        <v>-0.22525692921298912</v>
+      </c>
+      <c r="BF24" s="9">
+        <v>-2.8235800482572557</v>
+      </c>
+      <c r="BG24" s="9">
+        <v>-1.1361592924243951</v>
+      </c>
+      <c r="BH24" s="9">
+        <v>0.96138601528465983</v>
+      </c>
+      <c r="BI24" s="9">
+        <v>0.62374595168199676</v>
+      </c>
+      <c r="BJ24" s="9">
+        <v>0.40631681143364062</v>
+      </c>
+      <c r="BK24" s="9">
+        <v>-0.4619818804897875</v>
+      </c>
+      <c r="BL24" s="9">
+        <v>2.0006412937326985</v>
+      </c>
+      <c r="BM24" s="9">
+        <v>0.8614041334596152</v>
+      </c>
+      <c r="BN24" s="9">
+        <v>1.2072071208501853</v>
+      </c>
+      <c r="BO24" s="9">
+        <v>2.7101342292023674</v>
+      </c>
+      <c r="BP24" s="9">
+        <v>-0.14728125062657682</v>
+      </c>
+      <c r="BQ24" s="9">
+        <v>1.1016546844840462</v>
+      </c>
+      <c r="BR24" s="9">
+        <v>-0.51678845208975588</v>
+      </c>
+      <c r="BS24" s="9">
+        <v>1.6778168759991274</v>
+      </c>
+      <c r="BT24" s="9">
+        <v>0.65205177458362584</v>
+      </c>
+      <c r="BU24" s="9">
+        <v>0.91713573112322422</v>
+      </c>
+      <c r="BV24" s="9">
+        <v>7.5315661915482224E-2</v>
+      </c>
+      <c r="BW24" s="9">
+        <v>-0.61590791417417279</v>
+      </c>
+      <c r="BX24" s="9">
+        <v>1.0374843319318217</v>
+      </c>
+      <c r="BY24" s="9">
+        <v>0.84713657146266996</v>
+      </c>
+      <c r="BZ24" s="9">
+        <v>0.35874160767966146</v>
+      </c>
+      <c r="CA24" s="9">
+        <v>-0.13237995019849791</v>
+      </c>
+      <c r="CB24" s="9">
+        <v>1.8188975971114729</v>
+      </c>
+      <c r="CC24" s="9">
+        <v>0.89219105847621449</v>
+      </c>
+      <c r="CD24" s="9">
+        <v>0.84538471851369934</v>
+      </c>
+      <c r="CE24" s="9">
+        <v>9.8708375994618791E-2</v>
+      </c>
+      <c r="CF24" s="9">
+        <v>1.4126984231156001</v>
+      </c>
+      <c r="CG24" s="9">
+        <v>1.0600515852054997</v>
+      </c>
+      <c r="CH24" s="9">
+        <v>1.1015611135098595</v>
+      </c>
+      <c r="CI24" s="9">
+        <v>2.1060133458887407</v>
+      </c>
+      <c r="CJ24" s="9">
+        <v>-0.33390106904555239</v>
+      </c>
+      <c r="CK24" s="9">
+        <v>0.63048642996592719</v>
+      </c>
+      <c r="CL24" s="9">
+        <v>0.39648673544256496</v>
+      </c>
+      <c r="CM24" s="9">
+        <v>1.0025807169536733</v>
+      </c>
+      <c r="CN24" s="9">
+        <v>1.5444495782572574</v>
+      </c>
+      <c r="CO24" s="9">
+        <v>1.1294215669063021</v>
+      </c>
+      <c r="CP24" s="9">
+        <v>0.43735318572998949</v>
+      </c>
+      <c r="CQ24" s="9">
+        <v>1.5858535225763006</v>
+      </c>
+      <c r="CR24" s="9">
+        <v>0.54452654083382868</v>
+      </c>
+      <c r="CS24" s="9">
+        <v>1.1665452208946476</v>
+      </c>
+      <c r="CT24" s="9">
+        <v>1.2713782793637876</v>
+      </c>
+      <c r="CU24" s="9">
+        <v>0.89604847940549348</v>
+      </c>
+      <c r="CV24" s="9">
+        <v>0.12766238582536005</v>
+      </c>
+      <c r="CW24" s="9">
+        <v>1.1185142586783314</v>
+      </c>
+      <c r="CX24" s="9">
+        <v>-0.27005852861339008</v>
+      </c>
+      <c r="CY24" s="9">
+        <v>-0.62664058988023896</v>
+      </c>
+      <c r="CZ24" s="9">
+        <v>-11.637382466602077</v>
+      </c>
+      <c r="DA24" s="9">
+        <v>11.934756181887934</v>
+      </c>
+      <c r="DB24" s="9">
+        <v>-1.1286175522641173</v>
+      </c>
+      <c r="DC24" s="9">
+        <v>-1.0286696657846477</v>
+      </c>
+      <c r="DD24" s="9">
+        <v>5.1724164573704172</v>
+      </c>
+      <c r="DE24" s="9">
+        <v>3.9849654308582387</v>
+      </c>
+      <c r="DF24" s="9">
+        <v>1.2527301358221479</v>
+      </c>
+      <c r="DG24" s="9">
+        <v>2.688856707707771</v>
+      </c>
+      <c r="DH24" s="9">
+        <v>3.2688565176536883</v>
+      </c>
+      <c r="DI24" s="9">
+        <v>1.6020286964280217</v>
+      </c>
+      <c r="DJ24" s="9">
+        <v>0.97885126083532725</v>
+      </c>
+      <c r="DK24" s="9">
+        <v>3.7660783316161144</v>
+      </c>
+      <c r="DL24" s="9">
+        <v>-3.1017251243312671E-2</v>
+      </c>
+      <c r="DM24" s="9">
+        <v>0.1711515322108994</v>
+      </c>
+      <c r="DN24" s="9">
+        <v>0.67178347320459864</v>
+      </c>
+      <c r="DO24" s="9">
+        <v>1.5772735713192958</v>
+      </c>
+      <c r="DP24" s="9">
+        <v>0.70837604841302948</v>
+      </c>
+      <c r="DQ24" s="9">
+        <v>0.64943570616591728</v>
+      </c>
+      <c r="DR24" s="9">
+        <v>0.61793531191285922</v>
+      </c>
+      <c r="DS24" s="9">
+        <v>1.2168688453595706</v>
+      </c>
+      <c r="DT24" s="9">
+        <v>0.89064715592483878</v>
+      </c>
+      <c r="DU24" s="9">
+        <v>1.2797994137732047</v>
+      </c>
+      <c r="DV24" s="9">
+        <v>0.69818854573735223</v>
+      </c>
+    </row>
+    <row r="25" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="7"/>
+      <c r="B25" s="7"/>
+      <c r="C25" s="7"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="7"/>
+      <c r="F25" s="7"/>
+      <c r="G25" s="7"/>
+      <c r="H25" s="7"/>
+      <c r="I25" s="7"/>
+      <c r="J25" s="7"/>
+      <c r="K25" s="7"/>
+      <c r="L25" s="7"/>
+      <c r="M25" s="7"/>
+      <c r="N25" s="7"/>
+      <c r="O25" s="7"/>
+      <c r="P25" s="7"/>
+      <c r="Q25" s="7"/>
+      <c r="R25" s="7"/>
+      <c r="S25" s="7"/>
+      <c r="T25" s="7"/>
+      <c r="U25" s="7"/>
+      <c r="V25" s="7"/>
+      <c r="W25" s="7"/>
+      <c r="X25" s="7"/>
+      <c r="Y25" s="7"/>
+      <c r="Z25" s="7"/>
+      <c r="AA25" s="7"/>
+      <c r="AB25" s="7"/>
+      <c r="AC25" s="7"/>
+      <c r="AD25" s="7"/>
+      <c r="AE25" s="7"/>
+      <c r="AF25" s="7"/>
+      <c r="AG25" s="7"/>
+      <c r="AH25" s="7"/>
+      <c r="AI25" s="7"/>
+      <c r="AJ25" s="7"/>
+      <c r="AK25" s="7"/>
+      <c r="AL25" s="7"/>
+      <c r="AM25" s="7"/>
+      <c r="AN25" s="7"/>
+      <c r="AO25" s="7"/>
+      <c r="AP25" s="7"/>
+      <c r="AQ25" s="7"/>
+      <c r="AR25" s="7"/>
+      <c r="AS25" s="7"/>
+      <c r="AT25" s="7"/>
+      <c r="AU25" s="7"/>
+      <c r="AV25" s="7"/>
+      <c r="AW25" s="7"/>
+      <c r="AX25" s="7"/>
+      <c r="AY25" s="7"/>
+      <c r="AZ25" s="7"/>
+      <c r="BA25" s="7"/>
+      <c r="BB25" s="7"/>
+      <c r="BC25" s="7"/>
+      <c r="BD25" s="7"/>
+      <c r="BE25" s="7"/>
+      <c r="BF25" s="7"/>
+      <c r="BG25" s="7"/>
+      <c r="BH25" s="7"/>
+      <c r="BI25" s="7"/>
+      <c r="BJ25" s="7"/>
+      <c r="BK25" s="7"/>
+      <c r="BL25" s="7"/>
+      <c r="BM25" s="7"/>
+      <c r="BN25" s="7"/>
+      <c r="BO25" s="7"/>
+      <c r="BP25" s="7"/>
+      <c r="BQ25" s="7"/>
+      <c r="BR25" s="7"/>
+      <c r="BS25" s="7"/>
+      <c r="BT25" s="7"/>
+      <c r="BU25" s="7"/>
+      <c r="BV25" s="7"/>
+      <c r="BW25" s="7"/>
+      <c r="BX25" s="7"/>
+      <c r="BY25" s="7"/>
+      <c r="BZ25" s="7"/>
+      <c r="CA25" s="7"/>
+      <c r="CB25" s="7"/>
+      <c r="CC25" s="7"/>
+      <c r="CD25" s="7"/>
+      <c r="CE25" s="7"/>
+      <c r="CF25" s="7"/>
+      <c r="CG25" s="7"/>
+      <c r="CH25" s="7"/>
+      <c r="CI25" s="7"/>
+      <c r="CJ25" s="7"/>
+      <c r="CK25" s="7"/>
+      <c r="CL25" s="7"/>
+      <c r="CM25" s="7"/>
+      <c r="CN25" s="7"/>
+      <c r="CO25" s="7"/>
+      <c r="CP25" s="7"/>
+      <c r="CQ25" s="7"/>
+      <c r="CR25" s="7"/>
+      <c r="CS25" s="7"/>
+      <c r="CT25" s="7"/>
+      <c r="CU25" s="7"/>
+      <c r="CV25" s="7"/>
+      <c r="CW25" s="7"/>
+      <c r="CX25" s="7"/>
+      <c r="CY25" s="7"/>
+      <c r="CZ25" s="7"/>
+      <c r="DA25" s="7"/>
+      <c r="DB25" s="7"/>
+      <c r="DC25" s="7"/>
+      <c r="DD25" s="7"/>
+      <c r="DE25" s="7"/>
+      <c r="DF25" s="7"/>
+      <c r="DG25" s="7"/>
+      <c r="DH25" s="7"/>
+      <c r="DI25" s="7"/>
+      <c r="DJ25" s="7"/>
+      <c r="DK25" s="7"/>
+      <c r="DL25" s="7"/>
+      <c r="DM25" s="7"/>
+      <c r="DN25" s="7"/>
+      <c r="DO25" s="7"/>
+      <c r="DP25" s="7"/>
+      <c r="DQ25" s="7"/>
+      <c r="DR25" s="7"/>
+      <c r="DS25" s="7"/>
+      <c r="DT25" s="7"/>
+      <c r="DU25" s="7"/>
+      <c r="DV25" s="7"/>
+    </row>
+    <row r="26" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="14"/>
+      <c r="B26" s="14"/>
+      <c r="C26" s="14"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="14"/>
+      <c r="F26" s="14"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="14"/>
+      <c r="I26" s="14"/>
+      <c r="J26" s="14"/>
+      <c r="K26" s="14"/>
+      <c r="L26" s="14"/>
+      <c r="M26" s="14"/>
+      <c r="N26" s="14"/>
+      <c r="O26" s="14"/>
+      <c r="P26" s="14"/>
+      <c r="Q26" s="14"/>
+      <c r="R26" s="14"/>
+      <c r="S26" s="14"/>
+      <c r="T26" s="14"/>
+      <c r="U26" s="14"/>
+      <c r="V26" s="14"/>
+      <c r="W26" s="14"/>
+      <c r="X26" s="14"/>
+      <c r="Y26" s="14"/>
+      <c r="Z26" s="14"/>
+      <c r="AA26" s="14"/>
+      <c r="AB26" s="14"/>
+      <c r="AC26" s="14"/>
+      <c r="AD26" s="14"/>
+      <c r="AE26" s="14"/>
+      <c r="AF26" s="14"/>
+      <c r="AG26" s="14"/>
+      <c r="AH26" s="14"/>
+      <c r="AI26" s="14"/>
+      <c r="AJ26" s="14"/>
+      <c r="AK26" s="14"/>
+      <c r="AL26" s="14"/>
+      <c r="AM26" s="14"/>
+      <c r="AN26" s="14"/>
+      <c r="AO26" s="14"/>
+      <c r="AP26" s="14"/>
+      <c r="AQ26" s="14"/>
+      <c r="AR26" s="14"/>
+      <c r="AS26" s="14"/>
+      <c r="AT26" s="14"/>
+      <c r="AU26" s="14"/>
+      <c r="AV26" s="14"/>
+      <c r="AW26" s="14"/>
+      <c r="AX26" s="14"/>
+      <c r="AY26" s="14"/>
+      <c r="AZ26" s="14"/>
+      <c r="BA26" s="14"/>
+      <c r="BB26" s="14"/>
+      <c r="BC26" s="14"/>
+      <c r="BD26" s="14"/>
+      <c r="BE26" s="14"/>
+      <c r="BF26" s="14"/>
+      <c r="BG26" s="14"/>
+      <c r="BH26" s="14"/>
+      <c r="BI26" s="14"/>
+      <c r="BJ26" s="14"/>
+      <c r="BK26" s="14"/>
+      <c r="BL26" s="14"/>
+      <c r="BM26" s="14"/>
+      <c r="BN26" s="14"/>
+      <c r="BO26" s="14"/>
+      <c r="BP26" s="14"/>
+      <c r="BQ26" s="14"/>
+      <c r="BR26" s="14"/>
+      <c r="BS26" s="14"/>
+      <c r="BT26" s="14"/>
+      <c r="BU26" s="14"/>
+      <c r="BV26" s="14"/>
+      <c r="BW26" s="14"/>
+      <c r="BX26" s="14"/>
+      <c r="BY26" s="14"/>
+      <c r="BZ26" s="14"/>
+      <c r="CA26" s="14"/>
+      <c r="CB26" s="14"/>
+      <c r="CC26" s="14"/>
+      <c r="CD26" s="14"/>
+      <c r="CE26" s="14"/>
+      <c r="CF26" s="14"/>
+      <c r="CG26" s="14"/>
+      <c r="CH26" s="14"/>
+      <c r="CI26" s="14"/>
+      <c r="CJ26" s="14"/>
+      <c r="CK26" s="14"/>
+      <c r="CL26" s="14"/>
+      <c r="CM26" s="14"/>
+      <c r="CN26" s="14"/>
+      <c r="CO26" s="14"/>
+      <c r="CP26" s="14"/>
+      <c r="CQ26" s="14"/>
+      <c r="CR26" s="14"/>
+      <c r="CS26" s="14"/>
+      <c r="CT26" s="14"/>
+      <c r="CU26" s="14"/>
+      <c r="CV26" s="14"/>
+      <c r="CW26" s="14"/>
+      <c r="CX26" s="14"/>
+      <c r="CY26" s="14"/>
+      <c r="CZ26" s="14"/>
+      <c r="DA26" s="14"/>
+      <c r="DB26" s="14"/>
+      <c r="DC26" s="14"/>
+      <c r="DD26" s="14"/>
+      <c r="DE26" s="14"/>
+      <c r="DF26" s="14"/>
+      <c r="DG26" s="14"/>
+      <c r="DH26" s="14"/>
+      <c r="DI26" s="14"/>
+      <c r="DJ26" s="14"/>
+      <c r="DK26" s="14"/>
+      <c r="DL26" s="14"/>
+      <c r="DM26" s="14"/>
+      <c r="DN26" s="14"/>
+      <c r="DO26" s="14"/>
+      <c r="DP26" s="14"/>
+      <c r="DQ26" s="14"/>
+      <c r="DR26" s="14"/>
+      <c r="DS26" s="14"/>
+      <c r="DT26" s="14"/>
+      <c r="DU26" s="14"/>
+      <c r="DV26" s="14"/>
+    </row>
+    <row r="27" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="13"/>
+      <c r="C27" s="13"/>
+      <c r="D27" s="13"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="13"/>
+      <c r="G27" s="13"/>
+      <c r="H27" s="13"/>
+      <c r="I27" s="13"/>
+      <c r="J27" s="13"/>
+      <c r="K27" s="13"/>
+      <c r="L27" s="13"/>
+      <c r="M27" s="13"/>
+      <c r="N27" s="13"/>
+      <c r="O27" s="13"/>
+      <c r="P27" s="13"/>
+      <c r="Q27" s="13"/>
+      <c r="R27" s="13"/>
+      <c r="S27" s="13"/>
+      <c r="T27" s="13"/>
+      <c r="U27" s="13"/>
+      <c r="V27" s="13"/>
+      <c r="W27" s="13"/>
+      <c r="X27" s="13"/>
+      <c r="Y27" s="13"/>
+      <c r="Z27" s="13"/>
+      <c r="AA27" s="13"/>
+      <c r="AB27" s="13"/>
+      <c r="AC27" s="13"/>
+      <c r="AD27" s="13"/>
+      <c r="AE27" s="13"/>
+      <c r="AF27" s="13"/>
+      <c r="AG27" s="13"/>
+      <c r="AH27" s="13"/>
+      <c r="AI27" s="13"/>
+      <c r="AJ27" s="13"/>
+      <c r="AK27" s="13"/>
+      <c r="AL27" s="13"/>
+      <c r="AM27" s="13"/>
+      <c r="AN27" s="13"/>
+      <c r="AO27" s="13"/>
+      <c r="AP27" s="13"/>
+      <c r="AQ27" s="13"/>
+      <c r="AR27" s="13"/>
+      <c r="AS27" s="13"/>
+      <c r="AT27" s="13"/>
+      <c r="AU27" s="13"/>
+      <c r="AV27" s="13"/>
+      <c r="AW27" s="13"/>
+      <c r="AX27" s="13"/>
+      <c r="AY27" s="13"/>
+      <c r="AZ27" s="13"/>
+      <c r="BA27" s="13"/>
+      <c r="BB27" s="13"/>
+      <c r="BC27" s="13"/>
+      <c r="BD27" s="13"/>
+      <c r="BE27" s="13"/>
+      <c r="BF27" s="13"/>
+      <c r="BG27" s="13"/>
+      <c r="BH27" s="13"/>
+      <c r="BI27" s="13"/>
+      <c r="BJ27" s="13"/>
+      <c r="BK27" s="13"/>
+      <c r="BL27" s="13"/>
+      <c r="BM27" s="13"/>
+      <c r="BN27" s="13"/>
+      <c r="BO27" s="13"/>
+      <c r="BP27" s="13"/>
+      <c r="BQ27" s="13"/>
+      <c r="BR27" s="13"/>
+      <c r="BS27" s="13"/>
+      <c r="BT27" s="13"/>
+      <c r="BU27" s="13"/>
+      <c r="BV27" s="13"/>
+      <c r="BW27" s="13"/>
+      <c r="BX27" s="13"/>
+      <c r="BY27" s="13"/>
+      <c r="BZ27" s="13"/>
+      <c r="CA27" s="13"/>
+      <c r="CB27" s="13"/>
+      <c r="CC27" s="13"/>
+      <c r="CD27" s="13"/>
+      <c r="CE27" s="13"/>
+      <c r="CF27" s="13"/>
+      <c r="CG27" s="13"/>
+      <c r="CH27" s="13"/>
+      <c r="CI27" s="13"/>
+      <c r="CJ27" s="13"/>
+      <c r="CK27" s="13"/>
+      <c r="CL27" s="13"/>
+      <c r="CM27" s="13"/>
+      <c r="CN27" s="13"/>
+      <c r="CO27" s="13"/>
+      <c r="CP27" s="13"/>
+      <c r="CQ27" s="13"/>
+      <c r="CR27" s="13"/>
+      <c r="CS27" s="13"/>
+      <c r="CT27" s="13"/>
+      <c r="CU27" s="13"/>
+      <c r="CV27" s="13"/>
+      <c r="CW27" s="13"/>
+      <c r="CX27" s="13"/>
+      <c r="CY27" s="13"/>
+      <c r="CZ27" s="13"/>
+      <c r="DA27" s="13"/>
+      <c r="DB27" s="13"/>
+      <c r="DC27" s="13"/>
+      <c r="DD27" s="13"/>
+      <c r="DE27" s="13"/>
+      <c r="DF27" s="13"/>
+      <c r="DG27" s="13"/>
+      <c r="DH27" s="13"/>
+      <c r="DI27" s="13"/>
+      <c r="DJ27" s="13"/>
+      <c r="DK27" s="13"/>
+      <c r="DL27" s="13"/>
+      <c r="DM27" s="13"/>
+      <c r="DN27" s="13"/>
+      <c r="DO27" s="13"/>
+      <c r="DP27" s="13"/>
+      <c r="DQ27" s="13"/>
+      <c r="DR27" s="13"/>
+      <c r="DS27" s="13"/>
+      <c r="DT27" s="13"/>
+      <c r="DU27" s="13"/>
+      <c r="DV27" s="13"/>
+    </row>
+    <row r="28" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B28" s="13"/>
+      <c r="C28" s="13"/>
+      <c r="D28" s="13"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="13"/>
+      <c r="G28" s="13"/>
+      <c r="H28" s="13"/>
+      <c r="I28" s="13"/>
+      <c r="J28" s="13"/>
+      <c r="K28" s="13"/>
+      <c r="L28" s="13"/>
+      <c r="M28" s="13"/>
+      <c r="N28" s="13"/>
+      <c r="O28" s="13"/>
+      <c r="P28" s="13"/>
+      <c r="Q28" s="13"/>
+      <c r="R28" s="13"/>
+      <c r="S28" s="13"/>
+      <c r="T28" s="13"/>
+      <c r="U28" s="13"/>
+      <c r="V28" s="13"/>
+      <c r="W28" s="13"/>
+      <c r="X28" s="13"/>
+      <c r="Y28" s="13"/>
+      <c r="Z28" s="13"/>
+      <c r="AA28" s="13"/>
+      <c r="AB28" s="13"/>
+      <c r="AC28" s="13"/>
+      <c r="AD28" s="13"/>
+      <c r="AE28" s="13"/>
+      <c r="AF28" s="13"/>
+      <c r="AG28" s="13"/>
+      <c r="AH28" s="13"/>
+      <c r="AI28" s="13"/>
+      <c r="AJ28" s="13"/>
+      <c r="AK28" s="13"/>
+      <c r="AL28" s="13"/>
+      <c r="AM28" s="13"/>
+      <c r="AN28" s="13"/>
+      <c r="AO28" s="13"/>
+      <c r="AP28" s="13"/>
+      <c r="AQ28" s="13"/>
+      <c r="AR28" s="13"/>
+      <c r="AS28" s="13"/>
+      <c r="AT28" s="13"/>
+      <c r="AU28" s="13"/>
+      <c r="AV28" s="13"/>
+      <c r="AW28" s="13"/>
+      <c r="AX28" s="13"/>
+      <c r="AY28" s="13"/>
+      <c r="AZ28" s="13"/>
+      <c r="BA28" s="13"/>
+      <c r="BB28" s="13"/>
+      <c r="BC28" s="13"/>
+      <c r="BD28" s="13"/>
+      <c r="BE28" s="13"/>
+      <c r="BF28" s="13"/>
+      <c r="BG28" s="13"/>
+      <c r="BH28" s="13"/>
+      <c r="BI28" s="13"/>
+      <c r="BJ28" s="13"/>
+      <c r="BK28" s="13"/>
+      <c r="BL28" s="13"/>
+      <c r="BM28" s="13"/>
+      <c r="BN28" s="13"/>
+      <c r="BO28" s="13"/>
+      <c r="BP28" s="13"/>
+      <c r="BQ28" s="13"/>
+      <c r="BR28" s="13"/>
+      <c r="BS28" s="13"/>
+      <c r="BT28" s="13"/>
+      <c r="BU28" s="13"/>
+      <c r="BV28" s="13"/>
+      <c r="BW28" s="13"/>
+      <c r="BX28" s="13"/>
+      <c r="BY28" s="13"/>
+      <c r="BZ28" s="13"/>
+      <c r="CA28" s="13"/>
+      <c r="CB28" s="13"/>
+      <c r="CC28" s="13"/>
+      <c r="CD28" s="13"/>
+      <c r="CE28" s="13"/>
+      <c r="CF28" s="13"/>
+      <c r="CG28" s="13"/>
+      <c r="CH28" s="13"/>
+      <c r="CI28" s="13"/>
+      <c r="CJ28" s="13"/>
+      <c r="CK28" s="13"/>
+      <c r="CL28" s="13"/>
+      <c r="CM28" s="13"/>
+      <c r="CN28" s="13"/>
+      <c r="CO28" s="13"/>
+      <c r="CP28" s="13"/>
+      <c r="CQ28" s="13"/>
+      <c r="CR28" s="13"/>
+      <c r="CS28" s="13"/>
+      <c r="CT28" s="13"/>
+      <c r="CU28" s="13"/>
+      <c r="CV28" s="13"/>
+      <c r="CW28" s="13"/>
+      <c r="CX28" s="13"/>
+      <c r="CY28" s="13"/>
+      <c r="CZ28" s="13"/>
+      <c r="DA28" s="13"/>
+      <c r="DB28" s="13"/>
+      <c r="DC28" s="13"/>
+      <c r="DD28" s="13"/>
+      <c r="DE28" s="13"/>
+      <c r="DF28" s="13"/>
+      <c r="DG28" s="13"/>
+      <c r="DH28" s="13"/>
+      <c r="DI28" s="13"/>
+      <c r="DJ28" s="13"/>
+      <c r="DK28" s="13"/>
+      <c r="DL28" s="13"/>
+      <c r="DM28" s="13"/>
+      <c r="DN28" s="13"/>
+      <c r="DO28" s="13"/>
+      <c r="DP28" s="13"/>
+      <c r="DQ28" s="13"/>
+      <c r="DR28" s="13"/>
+      <c r="DS28" s="13"/>
+      <c r="DT28" s="13"/>
+      <c r="DU28" s="13"/>
+      <c r="DV28" s="13"/>
+    </row>
+    <row r="29" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="BC5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BF5" s="11" t="s">
+      <c r="D29" s="9">
+        <v>3.0012353388473088</v>
+      </c>
+      <c r="E29" s="9">
+        <v>1.5284303704794695</v>
+      </c>
+      <c r="F29" s="9">
+        <v>1.8509649739847305</v>
+      </c>
+      <c r="G29" s="9">
+        <v>-2.464857916429736</v>
+      </c>
+      <c r="H29" s="9">
+        <v>0.2554806348296097</v>
+      </c>
+      <c r="I29" s="9">
+        <v>1.3756650067537493</v>
+      </c>
+      <c r="J29" s="9">
+        <v>-0.91424069670561892</v>
+      </c>
+      <c r="K29" s="9">
+        <v>2.5726770070895668</v>
+      </c>
+      <c r="L29" s="9">
+        <v>-0.37915404075593528</v>
+      </c>
+      <c r="M29" s="9">
+        <v>0.39072715192627072</v>
+      </c>
+      <c r="N29" s="9">
+        <v>2.3944337283069217</v>
+      </c>
+      <c r="O29" s="9">
+        <v>0.12394332800633379</v>
+      </c>
+      <c r="P29" s="9">
+        <v>0.60247206779186513</v>
+      </c>
+      <c r="Q29" s="9">
+        <v>0.20249432959431601</v>
+      </c>
+      <c r="R29" s="9">
+        <v>0.6644878291367462</v>
+      </c>
+      <c r="S29" s="9">
+        <v>0.39107953480748847</v>
+      </c>
+      <c r="T29" s="9">
+        <v>2.6100858965037759</v>
+      </c>
+      <c r="U29" s="9">
+        <v>0.94307283325261437</v>
+      </c>
+      <c r="V29" s="9">
+        <v>2.4200764448581822</v>
+      </c>
+      <c r="W29" s="9">
+        <v>0.35668924138185787</v>
+      </c>
+      <c r="X29" s="9">
+        <v>1.8223799987642479</v>
+      </c>
+      <c r="Y29" s="9">
+        <v>1.1719032226900055</v>
+      </c>
+      <c r="Z29" s="9">
+        <v>3.1782093774621387</v>
+      </c>
+      <c r="AA29" s="9">
+        <v>0.81054908216822241</v>
+      </c>
+      <c r="AB29" s="9">
+        <v>-0.65120922752583965</v>
+      </c>
+      <c r="AC29" s="9">
+        <v>9.8903230544607368E-2</v>
+      </c>
+      <c r="AD29" s="9">
+        <v>-1.1907236979366047</v>
+      </c>
+      <c r="AE29" s="9">
+        <v>1.4077891374211902</v>
+      </c>
+      <c r="AF29" s="9">
+        <v>-0.73642165390873515</v>
+      </c>
+      <c r="AG29" s="9">
+        <v>-1.4663820360529058</v>
+      </c>
+      <c r="AH29" s="9">
+        <v>-1.433011441137154</v>
+      </c>
+      <c r="AI29" s="9">
+        <v>2.803901388580357</v>
+      </c>
+      <c r="AJ29" s="9">
+        <v>-1.3064295156408434</v>
+      </c>
+      <c r="AK29" s="9">
+        <v>2.7614952892211448</v>
+      </c>
+      <c r="AL29" s="9">
+        <v>-0.63943949239734366</v>
+      </c>
+      <c r="AM29" s="9">
+        <v>1.3204227849340526</v>
+      </c>
+      <c r="AN29" s="9">
+        <v>1.038665430906164</v>
+      </c>
+      <c r="AO29" s="9">
+        <v>1.4490423278778195</v>
+      </c>
+      <c r="AP29" s="9">
+        <v>0.32330166169518293</v>
+      </c>
+      <c r="AQ29" s="9">
+        <v>-0.84937694699512178</v>
+      </c>
+      <c r="AR29" s="9">
+        <v>3.7095528313100488</v>
+      </c>
+      <c r="AS29" s="9">
+        <v>0.26878120398698968</v>
+      </c>
+      <c r="AT29" s="9">
+        <v>1.85747769481803</v>
+      </c>
+      <c r="AU29" s="9">
+        <v>1.8830114651576793</v>
+      </c>
+      <c r="AV29" s="9">
+        <v>0.84285481206067914</v>
+      </c>
+      <c r="AW29" s="9">
+        <v>1.2701478454975899</v>
+      </c>
+      <c r="AX29" s="9">
+        <v>1.991569636469734</v>
+      </c>
+      <c r="AY29" s="9">
+        <v>1.724954849452871</v>
+      </c>
+      <c r="AZ29" s="9">
+        <v>0.72618226952793918</v>
+      </c>
+      <c r="BA29" s="9">
+        <v>0.40932335531280728</v>
+      </c>
+      <c r="BB29" s="9">
+        <v>0.44770404287707777</v>
+      </c>
+      <c r="BC29" s="9">
+        <v>1.5610083963904202</v>
+      </c>
+      <c r="BD29" s="9">
+        <v>0.47472530651776879</v>
+      </c>
+      <c r="BE29" s="9">
+        <v>-0.7062019139305562</v>
+      </c>
+      <c r="BF29" s="9">
+        <v>-7.5146123132522149</v>
+      </c>
+      <c r="BG29" s="9">
+        <v>-6.0249303960311948</v>
+      </c>
+      <c r="BH29" s="9">
+        <v>-1.8468137434997516</v>
+      </c>
+      <c r="BI29" s="9">
+        <v>2.1779859110832689</v>
+      </c>
+      <c r="BJ29" s="9">
+        <v>1.6850382114448053</v>
+      </c>
+      <c r="BK29" s="9">
+        <v>-0.10816661094266067</v>
+      </c>
+      <c r="BL29" s="9">
+        <v>4.3055200787709396</v>
+      </c>
+      <c r="BM29" s="9">
+        <v>0.95750818313847219</v>
+      </c>
+      <c r="BN29" s="9">
+        <v>2.1740330791489839</v>
+      </c>
+      <c r="BO29" s="9">
+        <v>2.1396962646129225</v>
+      </c>
+      <c r="BP29" s="9">
+        <v>-0.22100182966264015</v>
+      </c>
+      <c r="BQ29" s="9">
+        <v>1.4179297078752029</v>
+      </c>
+      <c r="BR29" s="9">
+        <v>-0.40663923240539646</v>
+      </c>
+      <c r="BS29" s="9">
+        <v>0.68908644983198997</v>
+      </c>
+      <c r="BT29" s="9">
+        <v>0.44868963402117856</v>
+      </c>
+      <c r="BU29" s="9">
+        <v>1.7158207026976839</v>
+      </c>
+      <c r="BV29" s="9">
+        <v>-1.1402315314699933</v>
+      </c>
+      <c r="BW29" s="9">
+        <v>-0.82418739159686538</v>
+      </c>
+      <c r="BX29" s="9">
+        <v>1.7219051778069314</v>
+      </c>
+      <c r="BY29" s="9">
+        <v>8.6444736259011279E-2</v>
+      </c>
+      <c r="BZ29" s="9">
+        <v>0.27638245054659194</v>
+      </c>
+      <c r="CA29" s="9">
+        <v>8.5660225230398623E-2</v>
+      </c>
+      <c r="CB29" s="9">
+        <v>0.64915622891720659</v>
+      </c>
+      <c r="CC29" s="9">
+        <v>5.6542433270465153E-2</v>
+      </c>
+      <c r="CD29" s="9">
+        <v>-0.67427316090802947</v>
+      </c>
+      <c r="CE29" s="9">
+        <v>-1.1759966576198906</v>
+      </c>
+      <c r="CF29" s="9">
+        <v>1.7188381259128249</v>
+      </c>
+      <c r="CG29" s="9">
+        <v>0.95367550075793872</v>
+      </c>
+      <c r="CH29" s="9">
+        <v>-2.9709259473392535E-2</v>
+      </c>
+      <c r="CI29" s="9">
+        <v>2.4900426991321609</v>
+      </c>
+      <c r="CJ29" s="9">
+        <v>0.3843614194374112</v>
+      </c>
+      <c r="CK29" s="9">
+        <v>0.70197263455473546</v>
+      </c>
+      <c r="CL29" s="9">
+        <v>1.9639659188665348</v>
+      </c>
+      <c r="CM29" s="9">
+        <v>1.8597383392349798</v>
+      </c>
+      <c r="CN29" s="9">
+        <v>-1.4957094357300491</v>
+      </c>
+      <c r="CO29" s="9">
+        <v>1.0732585153439658</v>
+      </c>
+      <c r="CP29" s="9">
+        <v>1.0036229293904455</v>
+      </c>
+      <c r="CQ29" s="9">
+        <v>-0.40975547298899073</v>
+      </c>
+      <c r="CR29" s="9">
+        <v>2.4221402790564355</v>
+      </c>
+      <c r="CS29" s="9">
+        <v>1.2508374575234598</v>
+      </c>
+      <c r="CT29" s="9">
+        <v>1.8293439022971825</v>
+      </c>
+      <c r="CU29" s="9">
+        <v>1.060229647874749</v>
+      </c>
+      <c r="CV29" s="9">
+        <v>-1.8687009993397226</v>
+      </c>
+      <c r="CW29" s="9">
+        <v>-1.1817154085449317</v>
+      </c>
+      <c r="CX29" s="9">
+        <v>-2.4721681356848819</v>
+      </c>
+      <c r="CY29" s="9">
+        <v>-0.29694224680667958</v>
+      </c>
+      <c r="CZ29" s="9">
+        <v>-15.531378915515845</v>
+      </c>
+      <c r="DA29" s="9">
+        <v>17.749339993999172</v>
+      </c>
+      <c r="DB29" s="9">
+        <v>1.2450643416827063</v>
+      </c>
+      <c r="DC29" s="9">
+        <v>-0.77321001119243249</v>
+      </c>
+      <c r="DD29" s="9">
+        <v>4.0951875466263061</v>
+      </c>
+      <c r="DE29" s="9">
+        <v>2.5823416154558458</v>
+      </c>
+      <c r="DF29" s="9">
+        <v>3.328745036478594</v>
+      </c>
+      <c r="DG29" s="9">
+        <v>2.0543736331045608</v>
+      </c>
+      <c r="DH29" s="9">
+        <v>1.7364302574418389</v>
+      </c>
+      <c r="DI29" s="9">
+        <v>1.0600986663412044</v>
+      </c>
+      <c r="DJ29" s="9">
+        <v>0.78924229468036344</v>
+      </c>
+      <c r="DK29" s="9">
+        <v>-0.50180072318987357</v>
+      </c>
+      <c r="DL29" s="9">
+        <v>-2.6848371243870588</v>
+      </c>
+      <c r="DM29" s="9">
+        <v>-2.2495556631712503</v>
+      </c>
+      <c r="DN29" s="9">
+        <v>-0.41677652371751606</v>
+      </c>
+      <c r="DO29" s="9">
+        <v>-1.4435443164966415</v>
+      </c>
+      <c r="DP29" s="9">
+        <v>-1.2731415308013538</v>
+      </c>
+      <c r="DQ29" s="9">
+        <v>-1.0996248190069053</v>
+      </c>
+      <c r="DR29" s="9">
+        <v>-1.5680916819830912</v>
+      </c>
+      <c r="DS29" s="9">
+        <v>1.7111531993412257</v>
+      </c>
+      <c r="DT29" s="9">
+        <v>0.11454781982918405</v>
+      </c>
+      <c r="DU29" s="9">
+        <v>0.43157943735512561</v>
+      </c>
+      <c r="DV29" s="9">
+        <v>-0.34091069814574837</v>
+      </c>
+    </row>
+    <row r="30" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="BG5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BJ5" s="11" t="s">
+      <c r="D30" s="9">
+        <v>3.5173389853752894</v>
+      </c>
+      <c r="E30" s="9">
+        <v>1.6459866573958379</v>
+      </c>
+      <c r="F30" s="9">
+        <v>1.6971916702350143</v>
+      </c>
+      <c r="G30" s="9">
+        <v>-2.4357902453385947</v>
+      </c>
+      <c r="H30" s="9">
+        <v>-0.48635326778433807</v>
+      </c>
+      <c r="I30" s="9">
+        <v>1.5854191036021632</v>
+      </c>
+      <c r="J30" s="9">
+        <v>-0.66383519831404669</v>
+      </c>
+      <c r="K30" s="9">
+        <v>1.6172235934572683</v>
+      </c>
+      <c r="L30" s="9">
+        <v>0.10193764741674727</v>
+      </c>
+      <c r="M30" s="9">
+        <v>0.55986071633765278</v>
+      </c>
+      <c r="N30" s="9">
+        <v>2.524754661499415</v>
+      </c>
+      <c r="O30" s="9">
+        <v>0.39782654331561673</v>
+      </c>
+      <c r="P30" s="9">
+        <v>0.34116577316747509</v>
+      </c>
+      <c r="Q30" s="9">
+        <v>3.9917459361120677E-2</v>
+      </c>
+      <c r="R30" s="9">
+        <v>0.19560139798717557</v>
+      </c>
+      <c r="S30" s="9">
+        <v>1.03843063285629</v>
+      </c>
+      <c r="T30" s="9">
+        <v>3.1513701520714932</v>
+      </c>
+      <c r="U30" s="9">
+        <v>0.96226846902507646</v>
+      </c>
+      <c r="V30" s="9">
+        <v>1.9410973388231554</v>
+      </c>
+      <c r="W30" s="9">
+        <v>0.62484402152227858</v>
+      </c>
+      <c r="X30" s="9">
+        <v>2.4626132557888667</v>
+      </c>
+      <c r="Y30" s="9">
+        <v>1.0487552297928886</v>
+      </c>
+      <c r="Z30" s="9">
+        <v>3.5224382407782002</v>
+      </c>
+      <c r="AA30" s="9">
+        <v>0.80776585339626195</v>
+      </c>
+      <c r="AB30" s="9">
+        <v>-1.5159136463399534</v>
+      </c>
+      <c r="AC30" s="9">
+        <v>-0.17461377060232053</v>
+      </c>
+      <c r="AD30" s="9">
+        <v>-1.7474179259170057</v>
+      </c>
+      <c r="AE30" s="9">
+        <v>1.6781103032760711</v>
+      </c>
+      <c r="AF30" s="9">
+        <v>-0.74837074120517855</v>
+      </c>
+      <c r="AG30" s="9">
+        <v>-1.6000047974182792</v>
+      </c>
+      <c r="AH30" s="9">
+        <v>-0.12219376376725677</v>
+      </c>
+      <c r="AI30" s="9">
+        <v>1.5904562652080898</v>
+      </c>
+      <c r="AJ30" s="9">
+        <v>-1.4344967686622567</v>
+      </c>
+      <c r="AK30" s="9">
+        <v>2.8342545984753116</v>
+      </c>
+      <c r="AL30" s="9">
+        <v>-0.59371766749541166</v>
+      </c>
+      <c r="AM30" s="9">
+        <v>0.68802767682181809</v>
+      </c>
+      <c r="AN30" s="9">
+        <v>0.50444358989327043</v>
+      </c>
+      <c r="AO30" s="9">
+        <v>1.4420982216670524</v>
+      </c>
+      <c r="AP30" s="9">
+        <v>6.1850311742816189E-2</v>
+      </c>
+      <c r="AQ30" s="9">
+        <v>-0.81544158787036736</v>
+      </c>
+      <c r="AR30" s="9">
+        <v>4.9239562263626198</v>
+      </c>
+      <c r="AS30" s="9">
+        <v>0.79965202010028236</v>
+      </c>
+      <c r="AT30" s="9">
+        <v>2.220743501300106</v>
+      </c>
+      <c r="AU30" s="9">
+        <v>1.6535569555417737</v>
+      </c>
+      <c r="AV30" s="9">
+        <v>2.0221695209551029</v>
+      </c>
+      <c r="AW30" s="9">
+        <v>2.0275830129632624</v>
+      </c>
+      <c r="AX30" s="9">
+        <v>2.719664395145486</v>
+      </c>
+      <c r="AY30" s="9">
+        <v>3.1835252526359028</v>
+      </c>
+      <c r="AZ30" s="9">
+        <v>0.22873230520139032</v>
+      </c>
+      <c r="BA30" s="9">
+        <v>0.32493415358257494</v>
+      </c>
+      <c r="BB30" s="9">
+        <v>0.52700571461883783</v>
+      </c>
+      <c r="BC30" s="9">
+        <v>2.8048969339170782</v>
+      </c>
+      <c r="BD30" s="9">
+        <v>0.2597153907872638</v>
+      </c>
+      <c r="BE30" s="9">
+        <v>-1.1011861535436651</v>
+      </c>
+      <c r="BF30" s="9">
+        <v>-7.8124542558352061</v>
+      </c>
+      <c r="BG30" s="9">
+        <v>-8.413069097031709</v>
+      </c>
+      <c r="BH30" s="9">
+        <v>-2.3952048027092729</v>
+      </c>
+      <c r="BI30" s="9">
+        <v>2.857442268464311</v>
+      </c>
+      <c r="BJ30" s="9">
+        <v>2.4418909563522391</v>
+      </c>
+      <c r="BK30" s="9">
+        <v>-0.12784256315552511</v>
+      </c>
+      <c r="BL30" s="9">
+        <v>5.3388113348689075</v>
+      </c>
+      <c r="BM30" s="9">
+        <v>1.2901976780020021</v>
+      </c>
+      <c r="BN30" s="9">
+        <v>2.4601997162347402</v>
+      </c>
+      <c r="BO30" s="9">
+        <v>2.9709492109939646</v>
+      </c>
+      <c r="BP30" s="9">
+        <v>-0.61127710489297726</v>
+      </c>
+      <c r="BQ30" s="9">
+        <v>2.0585923354023095</v>
+      </c>
+      <c r="BR30" s="9">
+        <v>-0.42152159660547284</v>
+      </c>
+      <c r="BS30" s="9">
+        <v>0.67944441350485363</v>
+      </c>
+      <c r="BT30" s="9">
+        <v>0.7661514294270404</v>
+      </c>
+      <c r="BU30" s="9">
+        <v>1.5635105614986315</v>
+      </c>
+      <c r="BV30" s="9">
+        <v>-1.1677602286025746</v>
+      </c>
+      <c r="BW30" s="9">
+        <v>-1.3374410086610737</v>
+      </c>
+      <c r="BX30" s="9">
+        <v>1.538330905942928</v>
+      </c>
+      <c r="BY30" s="9">
+        <v>0.22242325936987584</v>
+      </c>
+      <c r="BZ30" s="9">
+        <v>0.52599690958862766</v>
+      </c>
+      <c r="CA30" s="9">
+        <v>0.30497593818002144</v>
+      </c>
+      <c r="CB30" s="9">
+        <v>1.9076284327218076</v>
+      </c>
+      <c r="CC30" s="9">
+        <v>0.13273749121100309</v>
+      </c>
+      <c r="CD30" s="9">
+        <v>-1.2662969385815757</v>
+      </c>
+      <c r="CE30" s="9">
+        <v>-1.0973112035704133</v>
+      </c>
+      <c r="CF30" s="9">
+        <v>1.6810401173423628</v>
+      </c>
+      <c r="CG30" s="9">
+        <v>1.3016995498934989</v>
+      </c>
+      <c r="CH30" s="9">
+        <v>0.72358606658242763</v>
+      </c>
+      <c r="CI30" s="9">
+        <v>2.0688134613221507</v>
+      </c>
+      <c r="CJ30" s="9">
+        <v>0.85606286630699913</v>
+      </c>
+      <c r="CK30" s="9">
+        <v>0.33912325687728639</v>
+      </c>
+      <c r="CL30" s="9">
+        <v>1.4701952290658369</v>
+      </c>
+      <c r="CM30" s="9">
+        <v>1.0684262933601474</v>
+      </c>
+      <c r="CN30" s="9">
+        <v>-0.7019368482007593</v>
+      </c>
+      <c r="CO30" s="9">
+        <v>2.0469513876283543</v>
+      </c>
+      <c r="CP30" s="9">
+        <v>1.052383671297747</v>
+      </c>
+      <c r="CQ30" s="9">
+        <v>5.3308441899631021E-2</v>
+      </c>
+      <c r="CR30" s="9">
+        <v>1.5039925187291061</v>
+      </c>
+      <c r="CS30" s="9">
+        <v>0.69010109381754603</v>
+      </c>
+      <c r="CT30" s="9">
+        <v>1.9787078811126548</v>
+      </c>
+      <c r="CU30" s="9">
+        <v>0.70750862752045407</v>
+      </c>
+      <c r="CV30" s="9">
+        <v>-1.7742403940852967</v>
+      </c>
+      <c r="CW30" s="9">
+        <v>0.11866415120904605</v>
+      </c>
+      <c r="CX30" s="9">
+        <v>-2.3616730236170014</v>
+      </c>
+      <c r="CY30" s="9">
+        <v>-0.32286395439399485</v>
+      </c>
+      <c r="CZ30" s="9">
+        <v>-17.516263000872172</v>
+      </c>
+      <c r="DA30" s="9">
+        <v>18.147306603073361</v>
+      </c>
+      <c r="DB30" s="9">
+        <v>1.7898924359525381</v>
+      </c>
+      <c r="DC30" s="9">
+        <v>2.1068377982039124</v>
+      </c>
+      <c r="DD30" s="9">
+        <v>2.7831523355358172</v>
+      </c>
+      <c r="DE30" s="9">
+        <v>1.5711725015546989</v>
+      </c>
+      <c r="DF30" s="9">
+        <v>1.4887997805489448</v>
+      </c>
+      <c r="DG30" s="9">
+        <v>3.6144327593708567</v>
+      </c>
+      <c r="DH30" s="9">
+        <v>2.2977834928701384</v>
+      </c>
+      <c r="DI30" s="9">
+        <v>-0.40051980324098224</v>
+      </c>
+      <c r="DJ30" s="9">
+        <v>2.1946345346411249</v>
+      </c>
+      <c r="DK30" s="9">
+        <v>-2.0208813969965576</v>
+      </c>
+      <c r="DL30" s="9">
+        <v>-2.5884482821142143</v>
+      </c>
+      <c r="DM30" s="9">
+        <v>-1.6105311557519855</v>
+      </c>
+      <c r="DN30" s="9">
+        <v>-0.74173842974015258</v>
+      </c>
+      <c r="DO30" s="9">
+        <v>-3.066634285613091</v>
+      </c>
+      <c r="DP30" s="9">
+        <v>-0.77138141597637855</v>
+      </c>
+      <c r="DQ30" s="9">
+        <v>6.6957533988059481E-2</v>
+      </c>
+      <c r="DR30" s="9">
+        <v>-1.6677630221673496</v>
+      </c>
+      <c r="DS30" s="9">
+        <v>2.1510282105533349</v>
+      </c>
+      <c r="DT30" s="9">
+        <v>0.72258056008955407</v>
+      </c>
+      <c r="DU30" s="9">
+        <v>0.58407240527252213</v>
+      </c>
+      <c r="DV30" s="9">
+        <v>-0.15015750319446397</v>
+      </c>
+    </row>
+    <row r="31" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="10"/>
+      <c r="C31" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="BK5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BN5" s="11" t="s">
+      <c r="D31" s="9">
+        <v>3.7031270466510051</v>
+      </c>
+      <c r="E31" s="9">
+        <v>0.51190105589972745</v>
+      </c>
+      <c r="F31" s="9">
+        <v>2.5360425569402878E-2</v>
+      </c>
+      <c r="G31" s="9">
+        <v>-1.2774294168469567</v>
+      </c>
+      <c r="H31" s="9">
+        <v>2.8244784603288764</v>
+      </c>
+      <c r="I31" s="9">
+        <v>3.9294163941733018E-2</v>
+      </c>
+      <c r="J31" s="9">
+        <v>-0.350942323448308</v>
+      </c>
+      <c r="K31" s="9">
+        <v>2.3081653247809584</v>
+      </c>
+      <c r="L31" s="9">
+        <v>-5.1707980151402069</v>
+      </c>
+      <c r="M31" s="9">
+        <v>1.163714908230574</v>
+      </c>
+      <c r="N31" s="9">
+        <v>-2.5559249691370951</v>
+      </c>
+      <c r="O31" s="9">
+        <v>6.1519774408181434</v>
+      </c>
+      <c r="P31" s="9">
+        <v>-8.6935122143273702E-2</v>
+      </c>
+      <c r="Q31" s="9">
+        <v>-0.8810902828812317</v>
+      </c>
+      <c r="R31" s="9">
+        <v>0.11045215837441447</v>
+      </c>
+      <c r="S31" s="9">
+        <v>-1.984087521500399</v>
+      </c>
+      <c r="T31" s="9">
+        <v>4.1505654701134915</v>
+      </c>
+      <c r="U31" s="9">
+        <v>0.38261380293103286</v>
+      </c>
+      <c r="V31" s="9">
+        <v>-1.0554734661319287</v>
+      </c>
+      <c r="W31" s="9">
+        <v>-9.3343414538679781E-2</v>
+      </c>
+      <c r="X31" s="9">
+        <v>-0.11723990449100086</v>
+      </c>
+      <c r="Y31" s="9">
+        <v>-1.321724945231054</v>
+      </c>
+      <c r="Z31" s="9">
+        <v>2.853811846060367</v>
+      </c>
+      <c r="AA31" s="9">
+        <v>-4.7193383111327307</v>
+      </c>
+      <c r="AB31" s="9">
+        <v>-0.91141873483049096</v>
+      </c>
+      <c r="AC31" s="9">
+        <v>0.47381808277961568</v>
+      </c>
+      <c r="AD31" s="9">
+        <v>0.24688498648272628</v>
+      </c>
+      <c r="AE31" s="9">
+        <v>-0.94711561235297381</v>
+      </c>
+      <c r="AF31" s="9">
+        <v>6.7698924559891793E-2</v>
+      </c>
+      <c r="AG31" s="9">
+        <v>0.18493170021953631</v>
+      </c>
+      <c r="AH31" s="9">
+        <v>3.6102444691692881E-2</v>
+      </c>
+      <c r="AI31" s="9">
+        <v>5.122570000198607</v>
+      </c>
+      <c r="AJ31" s="9">
+        <v>-0.16907185326491003</v>
+      </c>
+      <c r="AK31" s="9">
+        <v>0.9201756711591571</v>
+      </c>
+      <c r="AL31" s="9">
+        <v>0.79504002105299776</v>
+      </c>
+      <c r="AM31" s="9">
+        <v>-3.362320735280008</v>
+      </c>
+      <c r="AN31" s="9">
+        <v>2.4995703530090054</v>
+      </c>
+      <c r="AO31" s="9">
+        <v>3.4511651387315396</v>
+      </c>
+      <c r="AP31" s="9">
+        <v>0.81306895159988812</v>
+      </c>
+      <c r="AQ31" s="9">
+        <v>-2.8395598264239652</v>
+      </c>
+      <c r="AR31" s="9">
+        <v>0.8857388199924543</v>
+      </c>
+      <c r="AS31" s="9">
+        <v>-1.5452414618069383</v>
+      </c>
+      <c r="AT31" s="9">
+        <v>2.5822339701946362</v>
+      </c>
+      <c r="AU31" s="9">
+        <v>-3.4170154273127054</v>
+      </c>
+      <c r="AV31" s="9">
+        <v>-1.4856429502553254</v>
+      </c>
+      <c r="AW31" s="9">
+        <v>1.8111297677010327</v>
+      </c>
+      <c r="AX31" s="9">
+        <v>2.2132756817491668</v>
+      </c>
+      <c r="AY31" s="9">
+        <v>4.346732472689169</v>
+      </c>
+      <c r="AZ31" s="9">
+        <v>-2.4200293445094729</v>
+      </c>
+      <c r="BA31" s="9">
+        <v>-0.23278259731715423</v>
+      </c>
+      <c r="BB31" s="9">
+        <v>-1.1407147732513891</v>
+      </c>
+      <c r="BC31" s="9">
+        <v>13.924625380512737</v>
+      </c>
+      <c r="BD31" s="9">
+        <v>-10.833585165566888</v>
+      </c>
+      <c r="BE31" s="9">
+        <v>-2.4329464957006763</v>
+      </c>
+      <c r="BF31" s="9">
+        <v>-3.8135703562701622</v>
+      </c>
+      <c r="BG31" s="9">
+        <v>2.6234566546942375</v>
+      </c>
+      <c r="BH31" s="9">
+        <v>-4.4269967477999899</v>
+      </c>
+      <c r="BI31" s="9">
+        <v>-1.8376797753116136</v>
+      </c>
+      <c r="BJ31" s="9">
+        <v>-0.63316702837097694</v>
+      </c>
+      <c r="BK31" s="9">
+        <v>-2.5144289552207226</v>
+      </c>
+      <c r="BL31" s="9">
+        <v>-0.80695727898671521</v>
+      </c>
+      <c r="BM31" s="9">
+        <v>-0.42588837104381128</v>
+      </c>
+      <c r="BN31" s="9">
+        <v>-1.2257593742423154</v>
+      </c>
+      <c r="BO31" s="9">
+        <v>-0.92251454991586002</v>
+      </c>
+      <c r="BP31" s="9">
+        <v>-0.29232703834321683</v>
+      </c>
+      <c r="BQ31" s="9">
+        <v>-1.6002672084186429</v>
+      </c>
+      <c r="BR31" s="9">
+        <v>0.53307175205465285</v>
+      </c>
+      <c r="BS31" s="9">
+        <v>0.23571369987539015</v>
+      </c>
+      <c r="BT31" s="9">
+        <v>0.20672117552945224</v>
+      </c>
+      <c r="BU31" s="9">
+        <v>0.47972498356767801</v>
+      </c>
+      <c r="BV31" s="9">
+        <v>8.1724987981473873E-2</v>
+      </c>
+      <c r="BW31" s="9">
+        <v>-1.2894492384759104</v>
+      </c>
+      <c r="BX31" s="9">
+        <v>0.60202487771745439</v>
+      </c>
+      <c r="BY31" s="9">
+        <v>0.89637684050892119</v>
+      </c>
+      <c r="BZ31" s="9">
+        <v>-0.59798372576746317</v>
+      </c>
+      <c r="CA31" s="9">
+        <v>1.0871081713005992E-2</v>
+      </c>
+      <c r="CB31" s="9">
+        <v>-1.4482342132213404</v>
+      </c>
+      <c r="CC31" s="9">
+        <v>-1.1132022044932199</v>
+      </c>
+      <c r="CD31" s="9">
+        <v>-1.1240050162368789</v>
+      </c>
+      <c r="CE31" s="9">
+        <v>0.19813403205148461</v>
+      </c>
+      <c r="CF31" s="9">
+        <v>-0.5316313064186744</v>
+      </c>
+      <c r="CG31" s="9">
+        <v>-0.62816126545439488</v>
+      </c>
+      <c r="CH31" s="9">
+        <v>0.33714710835029393</v>
+      </c>
+      <c r="CI31" s="9">
+        <v>0.17397867683169466</v>
+      </c>
+      <c r="CJ31" s="9">
+        <v>-0.73701548594365818</v>
+      </c>
+      <c r="CK31" s="9">
+        <v>0.97310282363763179</v>
+      </c>
+      <c r="CL31" s="9">
+        <v>0.10721729129285507</v>
+      </c>
+      <c r="CM31" s="9">
+        <v>0.7570722856590919</v>
+      </c>
+      <c r="CN31" s="9">
+        <v>1.7402492557852867</v>
+      </c>
+      <c r="CO31" s="9">
+        <v>-1.3602666072060288E-2</v>
+      </c>
+      <c r="CP31" s="9">
+        <v>0.82314506577989732</v>
+      </c>
+      <c r="CQ31" s="9">
+        <v>0.34087056986538755</v>
+      </c>
+      <c r="CR31" s="9">
+        <v>-3.9928151147975655E-2</v>
+      </c>
+      <c r="CS31" s="9">
+        <v>0.23118157497992797</v>
+      </c>
+      <c r="CT31" s="9">
+        <v>-0.37709284644409991</v>
+      </c>
+      <c r="CU31" s="9">
+        <v>-1.0163650216827449</v>
+      </c>
+      <c r="CV31" s="9">
+        <v>-6.8323565450043588E-2</v>
+      </c>
+      <c r="CW31" s="9">
+        <v>-4.3160635983014117E-2</v>
+      </c>
+      <c r="CX31" s="9">
+        <v>0.83809825484462408</v>
+      </c>
+      <c r="CY31" s="9">
+        <v>-0.65885042024264351</v>
+      </c>
+      <c r="CZ31" s="9">
+        <v>-6.5024591020850266</v>
+      </c>
+      <c r="DA31" s="9">
+        <v>7.1984215330623584</v>
+      </c>
+      <c r="DB31" s="9">
+        <v>-1.5448791999174887</v>
+      </c>
+      <c r="DC31" s="9">
+        <v>-1.5425934579919272</v>
+      </c>
+      <c r="DD31" s="9">
+        <v>-2.2478200619643616</v>
+      </c>
+      <c r="DE31" s="9">
+        <v>-2.7322016406108389</v>
+      </c>
+      <c r="DF31" s="9">
+        <v>-3.1625742405876167</v>
+      </c>
+      <c r="DG31" s="9">
+        <v>-1.2033753505621831</v>
+      </c>
+      <c r="DH31" s="9">
+        <v>-2.0240696033296928</v>
+      </c>
+      <c r="DI31" s="9">
+        <v>-2.4927784451434718</v>
+      </c>
+      <c r="DJ31" s="9">
+        <v>-0.27882622319530981</v>
+      </c>
+      <c r="DK31" s="9">
+        <v>-0.17486516039707567</v>
+      </c>
+      <c r="DL31" s="9">
+        <v>-1.9039636352203217</v>
+      </c>
+      <c r="DM31" s="9">
+        <v>-0.5549282214391269</v>
+      </c>
+      <c r="DN31" s="9">
+        <v>-1.5003608275577562</v>
+      </c>
+      <c r="DO31" s="9">
+        <v>-1.8007800694603446</v>
+      </c>
+      <c r="DP31" s="9">
+        <v>-0.25315570977960533</v>
+      </c>
+      <c r="DQ31" s="9">
+        <v>-0.43395984596121195</v>
+      </c>
+      <c r="DR31" s="9">
+        <v>-0.50139208317901307</v>
+      </c>
+      <c r="DS31" s="9">
+        <v>-0.71144268371982378</v>
+      </c>
+      <c r="DT31" s="9">
+        <v>-0.48632628368801534</v>
+      </c>
+      <c r="DU31" s="9">
+        <v>-0.51359620344607038</v>
+      </c>
+      <c r="DV31" s="9">
+        <v>-0.80748496318483376</v>
+      </c>
+    </row>
+    <row r="32" spans="1:126" s="5" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="B32" s="10"/>
+      <c r="C32" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="BO5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BR5" s="11" t="s">
+      <c r="D32" s="9">
+        <v>0.16030244578955433</v>
+      </c>
+      <c r="E32" s="9">
+        <v>0.52054989229368687</v>
+      </c>
+      <c r="F32" s="9">
+        <v>0.55133381933119097</v>
+      </c>
+      <c r="G32" s="9">
+        <v>0.32247472932131416</v>
+      </c>
+      <c r="H32" s="9">
+        <v>0.54956340787950353</v>
+      </c>
+      <c r="I32" s="9">
+        <v>0.4255229789088304</v>
+      </c>
+      <c r="J32" s="9">
+        <v>0.3844101640677593</v>
+      </c>
+      <c r="K32" s="9">
+        <v>0.23869131962412382</v>
+      </c>
+      <c r="L32" s="9">
+        <v>0.84118467447848388</v>
+      </c>
+      <c r="M32" s="9">
+        <v>0.87166954025849464</v>
+      </c>
+      <c r="N32" s="9">
+        <v>1.0186162737535227</v>
+      </c>
+      <c r="O32" s="9">
+        <v>1.4730284121754664</v>
+      </c>
+      <c r="P32" s="9">
+        <v>1.1955141304541144</v>
+      </c>
+      <c r="Q32" s="9">
+        <v>1.0567183708405565</v>
+      </c>
+      <c r="R32" s="9">
+        <v>1.0062879132374718</v>
+      </c>
+      <c r="S32" s="9">
+        <v>0.55606325165101111</v>
+      </c>
+      <c r="T32" s="9">
+        <v>0.574981462945928</v>
+      </c>
+      <c r="U32" s="9">
+        <v>0.79312892615999431</v>
+      </c>
+      <c r="V32" s="9">
+        <v>0.58458439476447666</v>
+      </c>
+      <c r="W32" s="9">
+        <v>1.5047489811382633</v>
+      </c>
+      <c r="X32" s="9">
+        <v>1.007611410041747</v>
+      </c>
+      <c r="Y32" s="9">
+        <v>0.59621140698379804</v>
+      </c>
+      <c r="Z32" s="9">
+        <v>1.11087650843902</v>
+      </c>
+      <c r="AA32" s="9">
+        <v>-1.111703122764311</v>
+      </c>
+      <c r="AB32" s="9">
+        <v>-0.21212545750016432</v>
+      </c>
+      <c r="AC32" s="9">
+        <v>0.15748104607324365</v>
+      </c>
+      <c r="AD32" s="9">
+        <v>-0.16605083332818538</v>
+      </c>
+      <c r="AE32" s="9">
+        <v>1.2071879333495019</v>
+      </c>
+      <c r="AF32" s="9">
+        <v>0.51194047132823073</v>
+      </c>
+      <c r="AG32" s="9">
+        <v>1.2949853464718046</v>
+      </c>
+      <c r="AH32" s="9">
+        <v>-0.24430701998883819</v>
+      </c>
+      <c r="AI32" s="9">
+        <v>-1.0021176518821449</v>
+      </c>
+      <c r="AJ32" s="9">
+        <v>1.0062164680678052</v>
+      </c>
+      <c r="AK32" s="9">
+        <v>0.80418061649432104</v>
+      </c>
+      <c r="AL32" s="9">
+        <v>-0.67486620215331072</v>
+      </c>
+      <c r="AM32" s="9">
+        <v>0.49060401003298182</v>
+      </c>
+      <c r="AN32" s="9">
+        <v>0.37652771956022946</v>
+      </c>
+      <c r="AO32" s="9">
+        <v>0.34016887188563771</v>
+      </c>
+      <c r="AP32" s="9">
+        <v>-0.12243891606287605</v>
+      </c>
+      <c r="AQ32" s="9">
+        <v>0.54405571502043415</v>
+      </c>
+      <c r="AR32" s="9">
+        <v>0.51013198828684381</v>
+      </c>
+      <c r="AS32" s="9">
+        <v>-0.23475310906795244</v>
+      </c>
+      <c r="AT32" s="9">
+        <v>0.51266531065361676</v>
+      </c>
+      <c r="AU32" s="9">
+        <v>1.2363787770383112</v>
+      </c>
+      <c r="AV32" s="9">
+        <v>0.84292115586769967</v>
+      </c>
+      <c r="AW32" s="9">
+        <v>0.96797851469143836</v>
+      </c>
+      <c r="AX32" s="9">
+        <v>0.87570118215354853</v>
+      </c>
+      <c r="AY32" s="9">
+        <v>0.67868339965532698</v>
+      </c>
+      <c r="AZ32" s="9">
+        <v>0.87296997802425835</v>
+      </c>
+      <c r="BA32" s="9">
+        <v>6.4398383820957861E-2</v>
+      </c>
+      <c r="BB32" s="9">
+        <v>0.15905669245077547</v>
+      </c>
+      <c r="BC32" s="9">
+        <v>0.52798379474930357</v>
+      </c>
+      <c r="BD32" s="9">
+        <v>-0.24454141380613237</v>
+      </c>
+      <c r="BE32" s="9">
+        <v>-1.3173108839695971</v>
+      </c>
+      <c r="BF32" s="9">
+        <v>-1.2646748137988766</v>
+      </c>
+      <c r="BG32" s="9">
+        <v>-0.17983853703567831</v>
+      </c>
+      <c r="BH32" s="9">
+        <v>-0.2399969986967676</v>
+      </c>
+      <c r="BI32" s="9">
+        <v>0.16108599877998131</v>
+      </c>
+      <c r="BJ32" s="9">
+        <v>0.1238529585197341</v>
+      </c>
+      <c r="BK32" s="9">
+        <v>-1.1064091900265538</v>
+      </c>
+      <c r="BL32" s="9">
+        <v>1.3032544387179996</v>
+      </c>
+      <c r="BM32" s="9">
+        <v>2.0936917981050414</v>
+      </c>
+      <c r="BN32" s="9">
+        <v>1.0206484682710197</v>
+      </c>
+      <c r="BO32" s="9">
+        <v>-0.37782344315301941</v>
+      </c>
+      <c r="BP32" s="9">
+        <v>1.2755760589059832</v>
+      </c>
+      <c r="BQ32" s="9">
+        <v>0.56163969155076643</v>
+      </c>
+      <c r="BR32" s="9">
+        <v>0.6700649651076418</v>
+      </c>
+      <c r="BS32" s="9">
+        <v>5.7781964710244438E-2</v>
+      </c>
+      <c r="BT32" s="9">
+        <v>-1.35871089254357</v>
+      </c>
+      <c r="BU32" s="9">
+        <v>-1.1032756969556061</v>
+      </c>
+      <c r="BV32" s="9">
+        <v>-1.019635147460292</v>
+      </c>
+      <c r="BW32" s="9">
+        <v>-0.84128707029312011</v>
+      </c>
+      <c r="BX32" s="9">
+        <v>0.41681531628583457</v>
+      </c>
+      <c r="BY32" s="9">
+        <v>0.27214813668756221</v>
+      </c>
+      <c r="BZ32" s="9">
+        <v>0.20591857336886221</v>
+      </c>
+      <c r="CA32" s="9">
+        <v>0.88225129728030538</v>
+      </c>
+      <c r="CB32" s="9">
+        <v>0.3861868368710617</v>
+      </c>
+      <c r="CC32" s="9">
+        <v>-1.18963016597462E-2</v>
+      </c>
+      <c r="CD32" s="9">
+        <v>1.0061592940324005</v>
+      </c>
+      <c r="CE32" s="9">
+        <v>0.69140183426415547</v>
+      </c>
+      <c r="CF32" s="9">
+        <v>0.45549251201488516</v>
+      </c>
+      <c r="CG32" s="9">
+        <v>0.7767077468769088</v>
+      </c>
+      <c r="CH32" s="9">
+        <v>-0.36672392552752342</v>
+      </c>
+      <c r="CI32" s="9">
+        <v>0.76036871297755226</v>
+      </c>
+      <c r="CJ32" s="9">
+        <v>-0.3922283392244168</v>
+      </c>
+      <c r="CK32" s="9">
+        <v>0.82868551163524273</v>
+      </c>
+      <c r="CL32" s="9">
+        <v>-4.2400805745046455E-2</v>
+      </c>
+      <c r="CM32" s="9">
+        <v>0.42143694333648796</v>
+      </c>
+      <c r="CN32" s="9">
+        <v>1.0397715582896438</v>
+      </c>
+      <c r="CO32" s="9">
+        <v>0.19574944686391405</v>
+      </c>
+      <c r="CP32" s="9">
+        <v>1.085823182527875</v>
+      </c>
+      <c r="CQ32" s="9">
+        <v>0.62317134091311743</v>
+      </c>
+      <c r="CR32" s="9">
+        <v>0.87565816327415291</v>
+      </c>
+      <c r="CS32" s="9">
+        <v>5.9752171875103954E-2</v>
+      </c>
+      <c r="CT32" s="9">
+        <v>1.6710016970766191</v>
+      </c>
+      <c r="CU32" s="9">
+        <v>1.4604609789406879</v>
+      </c>
+      <c r="CV32" s="9">
+        <v>-1.4033558179637424</v>
+      </c>
+      <c r="CW32" s="9">
+        <v>0.6799317761548167</v>
+      </c>
+      <c r="CX32" s="9">
+        <v>-0.7002022714183056</v>
+      </c>
+      <c r="CY32" s="9">
+        <v>-4.3913384066133005</v>
+      </c>
+      <c r="CZ32" s="9">
+        <v>-19.359200779988782</v>
+      </c>
+      <c r="DA32" s="9">
+        <v>21.78506704349013</v>
+      </c>
+      <c r="DB32" s="9">
+        <v>-11.90623644627648</v>
+      </c>
+      <c r="DC32" s="9">
+        <v>-7.2608677050275787</v>
+      </c>
+      <c r="DD32" s="9">
+        <v>14.030784054243924</v>
+      </c>
+      <c r="DE32" s="9">
+        <v>10.838157416058465</v>
+      </c>
+      <c r="DF32" s="9">
+        <v>-3.6151258070481163</v>
+      </c>
+      <c r="DG32" s="9">
+        <v>5.1967079326266372</v>
+      </c>
+      <c r="DH32" s="9">
+        <v>5.1301384001135091</v>
+      </c>
+      <c r="DI32" s="9">
+        <v>1.3957290576200592</v>
+      </c>
+      <c r="DJ32" s="9">
+        <v>-2.5575479383002602</v>
+      </c>
+      <c r="DK32" s="9">
+        <v>-1.8843675393610084</v>
+      </c>
+      <c r="DL32" s="9">
+        <v>-2.0385166309945078</v>
+      </c>
+      <c r="DM32" s="9">
+        <v>-0.76809942171621515</v>
+      </c>
+      <c r="DN32" s="9">
+        <v>-0.62562631294943571</v>
+      </c>
+      <c r="DO32" s="9">
+        <v>-0.75992751274080206</v>
+      </c>
+      <c r="DP32" s="9">
+        <v>-0.52486559511024211</v>
+      </c>
+      <c r="DQ32" s="9">
+        <v>-0.14006363897368601</v>
+      </c>
+      <c r="DR32" s="9">
+        <v>1.1035357617991508</v>
+      </c>
+      <c r="DS32" s="9">
+        <v>-0.83514958321566723</v>
+      </c>
+      <c r="DT32" s="9">
+        <v>-0.16053434690218182</v>
+      </c>
+      <c r="DU32" s="9">
+        <v>-7.0113338534014247E-2</v>
+      </c>
+      <c r="DV32" s="9">
+        <v>0.50726842786248483</v>
+      </c>
+    </row>
+    <row r="33" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" s="10"/>
+      <c r="C33" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="BS5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BV5" s="11" t="s">
+      <c r="D33" s="9">
+        <v>1.4416511194600901</v>
+      </c>
+      <c r="E33" s="9">
+        <v>2.0742655205790612</v>
+      </c>
+      <c r="F33" s="9">
+        <v>2.5659840060117602</v>
+      </c>
+      <c r="G33" s="9">
+        <v>2.8106065660323196</v>
+      </c>
+      <c r="H33" s="9">
+        <v>2.3459456441221676</v>
+      </c>
+      <c r="I33" s="9">
+        <v>1.1935473631933888</v>
+      </c>
+      <c r="J33" s="9">
+        <v>0.16631200551302072</v>
+      </c>
+      <c r="K33" s="9">
+        <v>-0.48175709451741966</v>
+      </c>
+      <c r="L33" s="9">
+        <v>7.4854630163329716E-2</v>
+      </c>
+      <c r="M33" s="9">
+        <v>0.79872902765154663</v>
+      </c>
+      <c r="N33" s="9">
+        <v>1.7446038298725313</v>
+      </c>
+      <c r="O33" s="9">
+        <v>2.4485305117860463</v>
+      </c>
+      <c r="P33" s="9">
+        <v>2.7304424893730612</v>
+      </c>
+      <c r="Q33" s="9">
+        <v>2.7638362042249156</v>
+      </c>
+      <c r="R33" s="9">
+        <v>2.5889720086634611</v>
+      </c>
+      <c r="S33" s="9">
+        <v>2.4796285656926784</v>
+      </c>
+      <c r="T33" s="9">
+        <v>1.2572060612635596</v>
+      </c>
+      <c r="U33" s="9">
+        <v>0.2884170470088776</v>
+      </c>
+      <c r="V33" s="9">
+        <v>-0.39950968545821297</v>
+      </c>
+      <c r="W33" s="9">
+        <v>-1.0682587251680928</v>
+      </c>
+      <c r="X33" s="9">
+        <v>0.14267936434779926</v>
+      </c>
+      <c r="Y33" s="9">
+        <v>1.7620601291204139</v>
+      </c>
+      <c r="Z33" s="9">
+        <v>3.0875057756585278</v>
+      </c>
+      <c r="AA33" s="9">
+        <v>4.3983470686836768</v>
+      </c>
+      <c r="AB33" s="9">
+        <v>3.88573146764341</v>
+      </c>
+      <c r="AC33" s="9">
+        <v>2.9792279294678963</v>
+      </c>
+      <c r="AD33" s="9">
+        <v>2.1286089939207073</v>
+      </c>
+      <c r="AE33" s="9">
+        <v>1.011591768778672</v>
+      </c>
+      <c r="AF33" s="9">
+        <v>1.0079061583700764</v>
+      </c>
+      <c r="AG33" s="9">
+        <v>-0.2080451795581979</v>
+      </c>
+      <c r="AH33" s="9">
+        <v>0.75297114429324097</v>
+      </c>
+      <c r="AI33" s="9">
+        <v>-0.25763991434634193</v>
+      </c>
+      <c r="AJ33" s="9">
+        <v>1.0305465576744695</v>
+      </c>
+      <c r="AK33" s="9">
+        <v>2.8063709826235055</v>
+      </c>
+      <c r="AL33" s="9">
+        <v>-0.13077303511010996</v>
+      </c>
+      <c r="AM33" s="9">
+        <v>0.54597400581725708</v>
+      </c>
+      <c r="AN33" s="9">
+        <v>-0.75271508094667183</v>
+      </c>
+      <c r="AO33" s="9">
+        <v>-1.3149493500432072</v>
+      </c>
+      <c r="AP33" s="9">
+        <v>1.0296529001985562</v>
+      </c>
+      <c r="AQ33" s="9">
+        <v>2.8760065437586206</v>
+      </c>
+      <c r="AR33" s="9">
+        <v>1.7332069087442505</v>
+      </c>
+      <c r="AS33" s="9">
+        <v>3.2281645292547125</v>
+      </c>
+      <c r="AT33" s="9">
+        <v>2.2441347253072905</v>
+      </c>
+      <c r="AU33" s="9">
+        <v>0.94985922281027513</v>
+      </c>
+      <c r="AV33" s="9">
+        <v>1.4871503869418774</v>
+      </c>
+      <c r="AW33" s="9">
+        <v>0.10963654862644034</v>
+      </c>
+      <c r="AX33" s="9">
+        <v>0.19337553608809799</v>
+      </c>
+      <c r="AY33" s="9">
+        <v>1.1829772432871692</v>
+      </c>
+      <c r="AZ33" s="9">
+        <v>1.9589259370352181</v>
+      </c>
+      <c r="BA33" s="9">
+        <v>0.43028294272890832</v>
+      </c>
+      <c r="BB33" s="9">
+        <v>0.62144796768237143</v>
+      </c>
+      <c r="BC33" s="9">
+        <v>0.73206760412338667</v>
+      </c>
+      <c r="BD33" s="9">
+        <v>-1.207812062015833</v>
+      </c>
+      <c r="BE33" s="9">
+        <v>-0.24644420806376388</v>
+      </c>
+      <c r="BF33" s="9">
+        <v>3.5420843146354741E-2</v>
+      </c>
+      <c r="BG33" s="9">
+        <v>-1.7504562494682432</v>
+      </c>
+      <c r="BH33" s="9">
+        <v>-1.5176300233529361</v>
+      </c>
+      <c r="BI33" s="9">
+        <v>-1.831001954436033</v>
+      </c>
+      <c r="BJ33" s="9">
+        <v>-1.7092354097612485</v>
+      </c>
+      <c r="BK33" s="9">
+        <v>-1.704676118172415</v>
+      </c>
+      <c r="BL33" s="9">
+        <v>0.55819481428100914</v>
+      </c>
+      <c r="BM33" s="9">
+        <v>2.0312223663180333</v>
+      </c>
+      <c r="BN33" s="9">
+        <v>2.0695020009159748</v>
+      </c>
+      <c r="BO33" s="9">
+        <v>2.6070287278206195</v>
+      </c>
+      <c r="BP33" s="9">
+        <v>1.7586844643277004</v>
+      </c>
+      <c r="BQ33" s="9">
+        <v>1.6430691669415722</v>
+      </c>
+      <c r="BR33" s="9">
+        <v>-1.7280017243326427</v>
+      </c>
+      <c r="BS33" s="9">
+        <v>-0.20283916611502661</v>
+      </c>
+      <c r="BT33" s="9">
+        <v>-0.76360777426714321</v>
+      </c>
+      <c r="BU33" s="9">
+        <v>-1.0913866570902258</v>
+      </c>
+      <c r="BV33" s="9">
+        <v>1.5286685231722004</v>
+      </c>
+      <c r="BW33" s="9">
+        <v>0.14078832536206676</v>
+      </c>
+      <c r="BX33" s="9">
+        <v>0.84441966120674294</v>
+      </c>
+      <c r="BY33" s="9">
+        <v>0.10477872039773217</v>
+      </c>
+      <c r="BZ33" s="9">
+        <v>0.47917208673713674</v>
+      </c>
+      <c r="CA33" s="9">
+        <v>0.13014241625694467</v>
+      </c>
+      <c r="CB33" s="9">
+        <v>-0.16373702789630329</v>
+      </c>
+      <c r="CC33" s="9">
+        <v>0.71250662104243645</v>
+      </c>
+      <c r="CD33" s="9">
+        <v>-0.46076374751665128</v>
+      </c>
+      <c r="CE33" s="9">
+        <v>0.7551162544663157</v>
+      </c>
+      <c r="CF33" s="9">
+        <v>-0.10888253382216817</v>
+      </c>
+      <c r="CG33" s="9">
+        <v>1.0324484346548815</v>
+      </c>
+      <c r="CH33" s="9">
+        <v>3.1738221204763164</v>
+      </c>
+      <c r="CI33" s="9">
+        <v>0.71154010632308484</v>
+      </c>
+      <c r="CJ33" s="9">
+        <v>3.2314908354173895</v>
+      </c>
+      <c r="CK33" s="9">
+        <v>0.12460339017559363</v>
+      </c>
+      <c r="CL33" s="9">
+        <v>-0.92936679956825685</v>
+      </c>
+      <c r="CM33" s="9">
+        <v>0.88218897931440665</v>
+      </c>
+      <c r="CN33" s="9">
+        <v>-0.68195414078589067</v>
+      </c>
+      <c r="CO33" s="9">
+        <v>1.7743806875869552</v>
+      </c>
+      <c r="CP33" s="9">
+        <v>1.7889147833801076</v>
+      </c>
+      <c r="CQ33" s="9">
+        <v>2.7381096536925611</v>
+      </c>
+      <c r="CR33" s="9">
+        <v>2.4819211021953009</v>
+      </c>
+      <c r="CS33" s="9">
+        <v>1.3467460048014175</v>
+      </c>
+      <c r="CT33" s="9">
+        <v>3.0703255356781227</v>
+      </c>
+      <c r="CU33" s="9">
+        <v>0.86462965726315133</v>
+      </c>
+      <c r="CV33" s="9">
+        <v>1.7783438608501854</v>
+      </c>
+      <c r="CW33" s="9">
+        <v>2.1194601933062671</v>
+      </c>
+      <c r="CX33" s="9">
+        <v>0.33671501712872498</v>
+      </c>
+      <c r="CY33" s="9">
+        <v>0.97949894501300605</v>
+      </c>
+      <c r="CZ33" s="9">
+        <v>-7.7651916276984849</v>
+      </c>
+      <c r="DA33" s="9">
+        <v>4.4000523646620309</v>
+      </c>
+      <c r="DB33" s="9">
+        <v>4.3195796858520197</v>
+      </c>
+      <c r="DC33" s="9">
+        <v>4.6039538157997271</v>
+      </c>
+      <c r="DD33" s="9">
+        <v>1.9102063625474557</v>
+      </c>
+      <c r="DE33" s="9">
+        <v>1.5995428654457839</v>
+      </c>
+      <c r="DF33" s="9">
+        <v>1.8905360520487591</v>
+      </c>
+      <c r="DG33" s="9">
+        <v>-0.74188913736338691</v>
+      </c>
+      <c r="DH33" s="9">
+        <v>2.0185400019303756</v>
+      </c>
+      <c r="DI33" s="9">
+        <v>1.9839716155358786</v>
+      </c>
+      <c r="DJ33" s="9">
+        <v>0.18144715383539278</v>
+      </c>
+      <c r="DK33" s="9">
+        <v>2.5031278015120932</v>
+      </c>
+      <c r="DL33" s="9">
+        <v>1.3037173067585854</v>
+      </c>
+      <c r="DM33" s="9">
+        <v>-0.67884829078424502</v>
+      </c>
+      <c r="DN33" s="9">
+        <v>1.2419295617598181</v>
+      </c>
+      <c r="DO33" s="9">
+        <v>0.38919777120736399</v>
+      </c>
+      <c r="DP33" s="9">
+        <v>-0.68443983705681433</v>
+      </c>
+      <c r="DQ33" s="9">
+        <v>1.7507603256230908</v>
+      </c>
+      <c r="DR33" s="9">
+        <v>-3.9578941373534349E-2</v>
+      </c>
+      <c r="DS33" s="9">
+        <v>0.10360768035016577</v>
+      </c>
+      <c r="DT33" s="9">
+        <v>0.24616755218272601</v>
+      </c>
+      <c r="DU33" s="9">
+        <v>-0.56111853137109335</v>
+      </c>
+      <c r="DV33" s="9">
+        <v>0.12235347884590908</v>
+      </c>
+    </row>
+    <row r="34" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" s="11"/>
+      <c r="C34" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="BW5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="BZ5" s="11" t="s">
+      <c r="D34" s="9">
+        <v>-0.11514455159752401</v>
+      </c>
+      <c r="E34" s="9">
+        <v>0.93839667082310996</v>
+      </c>
+      <c r="F34" s="9">
+        <v>0.30905949284947098</v>
+      </c>
+      <c r="G34" s="9">
+        <v>0.52119529797940345</v>
+      </c>
+      <c r="H34" s="9">
+        <v>1.4050342015784025</v>
+      </c>
+      <c r="I34" s="9">
+        <v>1.5224691474269036</v>
+      </c>
+      <c r="J34" s="9">
+        <v>0.86052530912175484</v>
+      </c>
+      <c r="K34" s="9">
+        <v>3.2917768925718036</v>
+      </c>
+      <c r="L34" s="9">
+        <v>1.2840873833057458</v>
+      </c>
+      <c r="M34" s="9">
+        <v>2.5878255042360792</v>
+      </c>
+      <c r="N34" s="9">
+        <v>-0.93396034349500212</v>
+      </c>
+      <c r="O34" s="9">
+        <v>4.4881802849264574</v>
+      </c>
+      <c r="P34" s="9">
+        <v>1.3007632085404452</v>
+      </c>
+      <c r="Q34" s="9">
+        <v>-2.2878582984553049</v>
+      </c>
+      <c r="R34" s="9">
+        <v>1.0959278116157378</v>
+      </c>
+      <c r="S34" s="9">
+        <v>3.4652401746396322</v>
+      </c>
+      <c r="T34" s="9">
+        <v>-0.49245124951895036</v>
+      </c>
+      <c r="U34" s="9">
+        <v>6.9430910308976337</v>
+      </c>
+      <c r="V34" s="9">
+        <v>2.6927721917844707</v>
+      </c>
+      <c r="W34" s="9">
+        <v>1.9232494320119145</v>
+      </c>
+      <c r="X34" s="9">
+        <v>5.0445066196460431</v>
+      </c>
+      <c r="Y34" s="9">
+        <v>1.6006406109845557</v>
+      </c>
+      <c r="Z34" s="9">
+        <v>-0.56179931125910798</v>
+      </c>
+      <c r="AA34" s="9">
+        <v>-3.2804280534921588</v>
+      </c>
+      <c r="AB34" s="9">
+        <v>-1.6844542432518921</v>
+      </c>
+      <c r="AC34" s="9">
+        <v>-1.181208911197686</v>
+      </c>
+      <c r="AD34" s="9">
+        <v>5.9984909054742843</v>
+      </c>
+      <c r="AE34" s="9">
+        <v>3.7212683974792213</v>
+      </c>
+      <c r="AF34" s="9">
+        <v>-2.3890447734491715</v>
+      </c>
+      <c r="AG34" s="9">
+        <v>-0.41202506633911185</v>
+      </c>
+      <c r="AH34" s="9">
+        <v>1.2287662339135039</v>
+      </c>
+      <c r="AI34" s="9">
+        <v>-5.4505966133821175</v>
+      </c>
+      <c r="AJ34" s="9">
+        <v>3.5310547299581998</v>
+      </c>
+      <c r="AK34" s="9">
+        <v>2.0054262834635352</v>
+      </c>
+      <c r="AL34" s="9">
+        <v>-1.4746273507350338</v>
+      </c>
+      <c r="AM34" s="9">
+        <v>4.553478860832044</v>
+      </c>
+      <c r="AN34" s="9">
+        <v>1.2625345230304248</v>
+      </c>
+      <c r="AO34" s="9">
+        <v>2.9968234659966839</v>
+      </c>
+      <c r="AP34" s="9">
+        <v>1.7048609646974597</v>
+      </c>
+      <c r="AQ34" s="9">
+        <v>-3.5435197817304811</v>
+      </c>
+      <c r="AR34" s="9">
+        <v>1.6135043597196699</v>
+      </c>
+      <c r="AS34" s="9">
+        <v>2.4083191434189644</v>
+      </c>
+      <c r="AT34" s="9">
+        <v>4.19399667198077</v>
+      </c>
+      <c r="AU34" s="9">
+        <v>2.1574358555803741</v>
+      </c>
+      <c r="AV34" s="9">
+        <v>0.36847734542928379</v>
+      </c>
+      <c r="AW34" s="9">
+        <v>-1.140993334093551</v>
+      </c>
+      <c r="AX34" s="9">
+        <v>7.0018255213077509</v>
+      </c>
+      <c r="AY34" s="9">
+        <v>-1.7851199051702196</v>
+      </c>
+      <c r="AZ34" s="9">
+        <v>4.3437971760415905</v>
+      </c>
+      <c r="BA34" s="9">
+        <v>3.7151963093223372</v>
+      </c>
+      <c r="BB34" s="9">
+        <v>-4.9946447236912803</v>
+      </c>
+      <c r="BC34" s="9">
+        <v>7.2779083788156527</v>
+      </c>
+      <c r="BD34" s="9">
+        <v>6.6490596173565564E-2</v>
+      </c>
+      <c r="BE34" s="9">
+        <v>-6.284544141747844</v>
+      </c>
+      <c r="BF34" s="9">
+        <v>-8.8264932177026196</v>
+      </c>
+      <c r="BG34" s="9">
+        <v>13.627100460502419</v>
+      </c>
+      <c r="BH34" s="9">
+        <v>5.6440164956609777</v>
+      </c>
+      <c r="BI34" s="9">
+        <v>-1.7164244050204189</v>
+      </c>
+      <c r="BJ34" s="9">
+        <v>-3.3127686072166398</v>
+      </c>
+      <c r="BK34" s="9">
+        <v>2.924191118003705E-2</v>
+      </c>
+      <c r="BL34" s="9">
+        <v>1.9532476961584138</v>
+      </c>
+      <c r="BM34" s="9">
+        <v>3.7190018480934555</v>
+      </c>
+      <c r="BN34" s="9">
+        <v>0.26321486069934963</v>
+      </c>
+      <c r="BO34" s="9">
+        <v>-1.0253181591780844</v>
+      </c>
+      <c r="BP34" s="9">
+        <v>0.81070530439504296</v>
+      </c>
+      <c r="BQ34" s="9">
+        <v>2.1877921310063329</v>
+      </c>
+      <c r="BR34" s="9">
+        <v>-2.4141555080305324</v>
+      </c>
+      <c r="BS34" s="9">
+        <v>2.5076248088595605</v>
+      </c>
+      <c r="BT34" s="9">
+        <v>-3.0264773957247968</v>
+      </c>
+      <c r="BU34" s="9">
+        <v>1.6067611611321837</v>
+      </c>
+      <c r="BV34" s="9">
+        <v>0.66973752172710022</v>
+      </c>
+      <c r="BW34" s="9">
+        <v>-0.92665310559331715</v>
+      </c>
+      <c r="BX34" s="9">
+        <v>-2.203156953919688</v>
+      </c>
+      <c r="BY34" s="9">
+        <v>-0.80010090316694971</v>
+      </c>
+      <c r="BZ34" s="9">
+        <v>-0.39211288688913726</v>
+      </c>
+      <c r="CA34" s="9">
+        <v>-2.3482475722270664</v>
+      </c>
+      <c r="CB34" s="9">
+        <v>-2.4033356717802974</v>
+      </c>
+      <c r="CC34" s="9">
+        <v>3.565355952866895</v>
+      </c>
+      <c r="CD34" s="9">
+        <v>1.5288190784599465</v>
+      </c>
+      <c r="CE34" s="9">
+        <v>2.3947497061772509</v>
+      </c>
+      <c r="CF34" s="9">
+        <v>-0.81542853493242262</v>
+      </c>
+      <c r="CG34" s="9">
+        <v>-3.9782483326292777</v>
+      </c>
+      <c r="CH34" s="9">
+        <v>6.0247854285950808</v>
+      </c>
+      <c r="CI34" s="9">
+        <v>-0.61962010729372707</v>
+      </c>
+      <c r="CJ34" s="9">
+        <v>-2.7148193772388254</v>
+      </c>
+      <c r="CK34" s="9">
+        <v>2.4957235287842821</v>
+      </c>
+      <c r="CL34" s="9">
+        <v>-5.3434829248927116</v>
+      </c>
+      <c r="CM34" s="9">
+        <v>9.3950998870948865</v>
+      </c>
+      <c r="CN34" s="9">
+        <v>-0.9010659376244945</v>
+      </c>
+      <c r="CO34" s="9">
+        <v>2.6101338906230609</v>
+      </c>
+      <c r="CP34" s="9">
+        <v>-1.7652641125421411</v>
+      </c>
+      <c r="CQ34" s="9">
+        <v>3.2626408061518219</v>
+      </c>
+      <c r="CR34" s="9">
+        <v>-0.60275931858546983</v>
+      </c>
+      <c r="CS34" s="9">
+        <v>1.2301495957458712</v>
+      </c>
+      <c r="CT34" s="9">
+        <v>-0.28600322001499023</v>
+      </c>
+      <c r="CU34" s="9">
+        <v>2.0088313480137572</v>
+      </c>
+      <c r="CV34" s="9">
+        <v>2.3038469664192149</v>
+      </c>
+      <c r="CW34" s="9">
+        <v>2.6120071946784265</v>
+      </c>
+      <c r="CX34" s="9">
+        <v>-0.81207002551393259</v>
+      </c>
+      <c r="CY34" s="9">
+        <v>-2.0431794213196071</v>
+      </c>
+      <c r="CZ34" s="9">
+        <v>-3.0421985163954872</v>
+      </c>
+      <c r="DA34" s="9">
+        <v>7.7481642757786915</v>
+      </c>
+      <c r="DB34" s="9">
+        <v>2.6020718346104559</v>
+      </c>
+      <c r="DC34" s="9">
+        <v>-0.2726816572392039</v>
+      </c>
+      <c r="DD34" s="9">
+        <v>10.308544295726804</v>
+      </c>
+      <c r="DE34" s="9">
+        <v>-3.8967495878132041</v>
+      </c>
+      <c r="DF34" s="9">
+        <v>2.2781710545046963</v>
+      </c>
+      <c r="DG34" s="9">
+        <v>-2.1483296986368998</v>
+      </c>
+      <c r="DH34" s="9">
+        <v>2.2673414057925214</v>
+      </c>
+      <c r="DI34" s="9">
+        <v>-4.280180076458052</v>
+      </c>
+      <c r="DJ34" s="9">
+        <v>2.1756347381282097</v>
+      </c>
+      <c r="DK34" s="9">
+        <v>-10.766906329365383</v>
+      </c>
+      <c r="DL34" s="9">
+        <v>3.262807157184298</v>
+      </c>
+      <c r="DM34" s="9">
+        <v>1.2594303444307258</v>
+      </c>
+      <c r="DN34" s="9">
+        <v>3.2463640902468143</v>
+      </c>
+      <c r="DO34" s="9">
+        <v>0.31800775581982066</v>
+      </c>
+      <c r="DP34" s="9">
+        <v>0.2025859164839261</v>
+      </c>
+      <c r="DQ34" s="9">
+        <v>0.25182265104469082</v>
+      </c>
+      <c r="DR34" s="9">
+        <v>0.5458687315885129</v>
+      </c>
+      <c r="DS34" s="9">
+        <v>-1.2366535607414306</v>
+      </c>
+      <c r="DT34" s="9">
+        <v>1.0665075273023774</v>
+      </c>
+      <c r="DU34" s="9">
+        <v>-0.31796438231204149</v>
+      </c>
+      <c r="DV34" s="9">
+        <v>1.3036190194174964</v>
+      </c>
+    </row>
+    <row r="35" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B35" s="11"/>
+      <c r="C35" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="CA5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="CD5" s="11" t="s">
+      <c r="D35" s="9">
+        <v>-0.17830528869411921</v>
+      </c>
+      <c r="E35" s="9">
+        <v>-0.35724752974213914</v>
+      </c>
+      <c r="F35" s="9">
+        <v>-0.53779250610156737</v>
+      </c>
+      <c r="G35" s="9">
+        <v>-0.72167042765968858</v>
+      </c>
+      <c r="H35" s="9">
+        <v>-0.3329852338419812</v>
+      </c>
+      <c r="I35" s="9">
+        <v>6.0802074456248079E-2</v>
+      </c>
+      <c r="J35" s="9">
+        <v>0.4554250504313444</v>
+      </c>
+      <c r="K35" s="9">
+        <v>0.82483121767195655</v>
+      </c>
+      <c r="L35" s="9">
+        <v>0.89422419401358866</v>
+      </c>
+      <c r="M35" s="9">
+        <v>0.95167150713584192</v>
+      </c>
+      <c r="N35" s="9">
+        <v>1.007456601363657</v>
+      </c>
+      <c r="O35" s="9">
+        <v>1.0634066821588988</v>
+      </c>
+      <c r="P35" s="9">
+        <v>0.80777560453211095</v>
+      </c>
+      <c r="Q35" s="9">
+        <v>0.55896772967972197</v>
+      </c>
+      <c r="R35" s="9">
+        <v>0.31487251085178514</v>
+      </c>
+      <c r="S35" s="9">
+        <v>7.5687035115549861E-2</v>
+      </c>
+      <c r="T35" s="9">
+        <v>0.21168545563783425</v>
+      </c>
+      <c r="U35" s="9">
+        <v>0.34923864047165409</v>
+      </c>
+      <c r="V35" s="9">
+        <v>0.48554341022575898</v>
+      </c>
+      <c r="W35" s="9">
+        <v>0.62934604410153838</v>
+      </c>
+      <c r="X35" s="9">
+        <v>0.4585024304782479</v>
+      </c>
+      <c r="Y35" s="9">
+        <v>0.29490369954059759</v>
+      </c>
+      <c r="Z35" s="9">
+        <v>0.13300541690762202</v>
+      </c>
+      <c r="AA35" s="9">
+        <v>-2.8568125480447293E-2</v>
+      </c>
+      <c r="AB35" s="9">
+        <v>0.19571015392072866</v>
+      </c>
+      <c r="AC35" s="9">
+        <v>0.41848280558419049</v>
+      </c>
+      <c r="AD35" s="9">
+        <v>0.6389638699279061</v>
+      </c>
+      <c r="AE35" s="9">
+        <v>0.85661055988310864</v>
+      </c>
+      <c r="AF35" s="9">
+        <v>0.76467277998817451</v>
+      </c>
+      <c r="AG35" s="9">
+        <v>0.6752784422138518</v>
+      </c>
+      <c r="AH35" s="9">
+        <v>0.58771808459437125</v>
+      </c>
+      <c r="AI35" s="9">
+        <v>0.50129527414706843</v>
+      </c>
+      <c r="AJ35" s="9">
+        <v>0.6251918585090408</v>
+      </c>
+      <c r="AK35" s="9">
+        <v>0.74675109404505235</v>
+      </c>
+      <c r="AL35" s="9">
+        <v>0.86572979532728311</v>
+      </c>
+      <c r="AM35" s="9">
+        <v>0.98045428503267829</v>
+      </c>
+      <c r="AN35" s="9">
+        <v>0.81531176811631667</v>
+      </c>
+      <c r="AO35" s="9">
+        <v>0.6536774917855297</v>
+      </c>
+      <c r="AP35" s="9">
+        <v>0.49539844877435257</v>
+      </c>
+      <c r="AQ35" s="9">
+        <v>0.35264850646950663</v>
+      </c>
+      <c r="AR35" s="9">
+        <v>0.35990982188374687</v>
+      </c>
+      <c r="AS35" s="9">
+        <v>0.37042951247687483</v>
+      </c>
+      <c r="AT35" s="9">
+        <v>0.38082917232766533</v>
+      </c>
+      <c r="AU35" s="9">
+        <v>0.30972027478979669</v>
+      </c>
+      <c r="AV35" s="9">
+        <v>0.34358555190297579</v>
+      </c>
+      <c r="AW35" s="9">
+        <v>0.34788624267771695</v>
+      </c>
+      <c r="AX35" s="9">
+        <v>0.35213844056889343</v>
+      </c>
+      <c r="AY35" s="9">
+        <v>0.31096459870383342</v>
+      </c>
+      <c r="AZ35" s="9">
+        <v>0.35811098906518168</v>
+      </c>
+      <c r="BA35" s="9">
+        <v>0.3608829160587419</v>
+      </c>
+      <c r="BB35" s="9">
+        <v>0.36362047335288139</v>
+      </c>
+      <c r="BC35" s="9">
+        <v>2.690923962317143</v>
+      </c>
+      <c r="BD35" s="9">
+        <v>2.105340393538313E-2</v>
+      </c>
+      <c r="BE35" s="9">
+        <v>0.54280586939489694</v>
+      </c>
+      <c r="BF35" s="9">
+        <v>-0.30888194741220332</v>
+      </c>
+      <c r="BG35" s="9">
+        <v>0.21776736325445256</v>
+      </c>
+      <c r="BH35" s="9">
+        <v>0.20873059624102552</v>
+      </c>
+      <c r="BI35" s="9">
+        <v>-0.55068724072570774</v>
+      </c>
+      <c r="BJ35" s="9">
+        <v>-1.9867257913934111</v>
+      </c>
+      <c r="BK35" s="9">
+        <v>2.2585526364318014</v>
+      </c>
+      <c r="BL35" s="9">
+        <v>1.1690923831451556</v>
+      </c>
+      <c r="BM35" s="9">
+        <v>0.63292497302896322</v>
+      </c>
+      <c r="BN35" s="9">
+        <v>1.2345661811350936</v>
+      </c>
+      <c r="BO35" s="9">
+        <v>2.3148907155011926</v>
+      </c>
+      <c r="BP35" s="9">
+        <v>-0.1978821874552068</v>
+      </c>
+      <c r="BQ35" s="9">
+        <v>-0.60228473155954987</v>
+      </c>
+      <c r="BR35" s="9">
+        <v>0.56557785085789192</v>
+      </c>
+      <c r="BS35" s="9">
+        <v>1.4319489666516603</v>
+      </c>
+      <c r="BT35" s="9">
+        <v>1.8527283400828765E-3</v>
+      </c>
+      <c r="BU35" s="9">
+        <v>0.60076785676388056</v>
+      </c>
+      <c r="BV35" s="9">
+        <v>0.18527618802828272</v>
+      </c>
+      <c r="BW35" s="9">
+        <v>0.52158522649163785</v>
+      </c>
+      <c r="BX35" s="9">
+        <v>0.54068653036469527</v>
+      </c>
+      <c r="BY35" s="9">
+        <v>0.62316592133659299</v>
+      </c>
+      <c r="BZ35" s="9">
+        <v>0.39621210489046632</v>
+      </c>
+      <c r="CA35" s="9">
+        <v>0.71450558706487755</v>
+      </c>
+      <c r="CB35" s="9">
+        <v>6.3956575363107504E-2</v>
+      </c>
+      <c r="CC35" s="9">
+        <v>0.27972163783687165</v>
+      </c>
+      <c r="CD35" s="9">
+        <v>-0.61891833554224718</v>
+      </c>
+      <c r="CE35" s="9">
+        <v>0.13406199512301953</v>
+      </c>
+      <c r="CF35" s="9">
+        <v>-1.0817538659428436</v>
+      </c>
+      <c r="CG35" s="9">
+        <v>0.63968796587083432</v>
+      </c>
+      <c r="CH35" s="9">
+        <v>1.1986596061582873</v>
+      </c>
+      <c r="CI35" s="9">
+        <v>0.34524824643729346</v>
+      </c>
+      <c r="CJ35" s="9">
+        <v>-0.59512821759814472</v>
+      </c>
+      <c r="CK35" s="9">
+        <v>0.62274349608352964</v>
+      </c>
+      <c r="CL35" s="9">
+        <v>0.61356881544129749</v>
+      </c>
+      <c r="CM35" s="9">
+        <v>0.38881321398626767</v>
+      </c>
+      <c r="CN35" s="9">
+        <v>0.56848395457065237</v>
+      </c>
+      <c r="CO35" s="9">
+        <v>0.24150064018920148</v>
+      </c>
+      <c r="CP35" s="9">
+        <v>-0.64686860735069729</v>
+      </c>
+      <c r="CQ35" s="9">
+        <v>0.73770767278300298</v>
+      </c>
+      <c r="CR35" s="9">
+        <v>1.7009540769384159</v>
+      </c>
+      <c r="CS35" s="9">
+        <v>-0.57287825813634186</v>
+      </c>
+      <c r="CT35" s="9">
+        <v>-0.37923843938021662</v>
+      </c>
+      <c r="CU35" s="9">
+        <v>0.68354954079421759</v>
+      </c>
+      <c r="CV35" s="9">
+        <v>-0.41389802355830341</v>
+      </c>
+      <c r="CW35" s="9">
+        <v>0.60945096248825337</v>
+      </c>
+      <c r="CX35" s="9">
+        <v>0.24405820396920319</v>
+      </c>
+      <c r="CY35" s="9">
+        <v>0.95994346230907013</v>
+      </c>
+      <c r="CZ35" s="9">
+        <v>-0.5941190288203444</v>
+      </c>
+      <c r="DA35" s="9">
+        <v>-0.69832218104893684</v>
+      </c>
+      <c r="DB35" s="9">
+        <v>-0.43309020219923866</v>
+      </c>
+      <c r="DC35" s="9">
+        <v>-0.85480656009299594</v>
+      </c>
+      <c r="DD35" s="9">
+        <v>0.94277109668342973</v>
+      </c>
+      <c r="DE35" s="9">
+        <v>1.3035188150323478</v>
+      </c>
+      <c r="DF35" s="9">
+        <v>1.5759513792979334</v>
+      </c>
+      <c r="DG35" s="9">
+        <v>-1.4960087138693154</v>
+      </c>
+      <c r="DH35" s="9">
+        <v>0.34149613565364234</v>
+      </c>
+      <c r="DI35" s="9">
+        <v>1.2874839239163265</v>
+      </c>
+      <c r="DJ35" s="9">
+        <v>2.9426491335186711E-2</v>
+      </c>
+      <c r="DK35" s="9">
+        <v>1.8713242410226769</v>
+      </c>
+      <c r="DL35" s="9">
+        <v>0.96717497066455849</v>
+      </c>
+      <c r="DM35" s="9">
+        <v>-1.1617147286324752</v>
+      </c>
+      <c r="DN35" s="9">
+        <v>-1.3641138911840756</v>
+      </c>
+      <c r="DO35" s="9">
+        <v>0.73413047822479882</v>
+      </c>
+      <c r="DP35" s="9">
+        <v>0.64786793697524558</v>
+      </c>
+      <c r="DQ35" s="9">
+        <v>2.1559326229017728</v>
+      </c>
+      <c r="DR35" s="9">
+        <v>0.60776831612739102</v>
+      </c>
+      <c r="DS35" s="9">
+        <v>-1.3076442051338688</v>
+      </c>
+      <c r="DT35" s="9">
+        <v>0.83518397241266484</v>
+      </c>
+      <c r="DU35" s="9">
+        <v>1.8497782202721709</v>
+      </c>
+      <c r="DV35" s="9">
+        <v>-0.54868954647470503</v>
+      </c>
+    </row>
+    <row r="36" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="10"/>
+      <c r="C36" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="CE5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="CH5" s="11" t="s">
+      <c r="D36" s="9">
+        <v>1.3402540803237883</v>
+      </c>
+      <c r="E36" s="9">
+        <v>1.3280571527490395</v>
+      </c>
+      <c r="F36" s="9">
+        <v>1.7435170805902658</v>
+      </c>
+      <c r="G36" s="9">
+        <v>0.61860392220796712</v>
+      </c>
+      <c r="H36" s="9">
+        <v>2.215779161106596</v>
+      </c>
+      <c r="I36" s="9">
+        <v>1.1078662277104456</v>
+      </c>
+      <c r="J36" s="9">
+        <v>0.67996559801935064</v>
+      </c>
+      <c r="K36" s="9">
+        <v>1.6438979829792117</v>
+      </c>
+      <c r="L36" s="9">
+        <v>-0.37596706896212595</v>
+      </c>
+      <c r="M36" s="9">
+        <v>1.2852050736376697</v>
+      </c>
+      <c r="N36" s="9">
+        <v>0.30429722362872269</v>
+      </c>
+      <c r="O36" s="9">
+        <v>1.214959956148391</v>
+      </c>
+      <c r="P36" s="9">
+        <v>1.2099949104815551</v>
+      </c>
+      <c r="Q36" s="9">
+        <v>0.51590924919247527</v>
+      </c>
+      <c r="R36" s="9">
+        <v>1.4824212077295016</v>
+      </c>
+      <c r="S36" s="9">
+        <v>1.9111872102834013</v>
+      </c>
+      <c r="T36" s="9">
+        <v>0.71227695591468887</v>
+      </c>
+      <c r="U36" s="9">
+        <v>1.2938257733313066</v>
+      </c>
+      <c r="V36" s="9">
+        <v>2.5566500655904036</v>
+      </c>
+      <c r="W36" s="9">
+        <v>1.8060046495651676</v>
+      </c>
+      <c r="X36" s="9">
+        <v>2.1862747339044404</v>
+      </c>
+      <c r="Y36" s="9">
+        <v>2.1707663682575884</v>
+      </c>
+      <c r="Z36" s="9">
+        <v>0.96300920946785595</v>
+      </c>
+      <c r="AA36" s="9">
+        <v>-0.19330231071691628</v>
+      </c>
+      <c r="AB36" s="9">
+        <v>1.7422835454891299</v>
+      </c>
+      <c r="AC36" s="9">
+        <v>1.779621912981284</v>
+      </c>
+      <c r="AD36" s="9">
+        <v>0.81855591743685352</v>
+      </c>
+      <c r="AE36" s="9">
+        <v>0.97393818388739817</v>
+      </c>
+      <c r="AF36" s="9">
+        <v>0.73323799158877989</v>
+      </c>
+      <c r="AG36" s="9">
+        <v>0.89265020332194922</v>
+      </c>
+      <c r="AH36" s="9">
+        <v>0.44918584099220027</v>
+      </c>
+      <c r="AI36" s="9">
+        <v>1.1886589597449415</v>
+      </c>
+      <c r="AJ36" s="9">
+        <v>3.0023876302619215</v>
+      </c>
+      <c r="AK36" s="9">
+        <v>-2.1467545269036066</v>
+      </c>
+      <c r="AL36" s="9">
+        <v>2.082881024793366</v>
+      </c>
+      <c r="AM36" s="9">
+        <v>-0.62034081588335255</v>
+      </c>
+      <c r="AN36" s="9">
+        <v>1.9032698111419535</v>
+      </c>
+      <c r="AO36" s="9">
+        <v>2.9689738652530053</v>
+      </c>
+      <c r="AP36" s="9">
+        <v>0.41666612358881139</v>
+      </c>
+      <c r="AQ36" s="9">
+        <v>2.607954431094555</v>
+      </c>
+      <c r="AR36" s="9">
+        <v>0.58539387132456966</v>
+      </c>
+      <c r="AS36" s="9">
+        <v>2.4502077070065695</v>
+      </c>
+      <c r="AT36" s="9">
+        <v>1.1775537850749345</v>
+      </c>
+      <c r="AU36" s="9">
+        <v>2.7624628827917377</v>
+      </c>
+      <c r="AV36" s="9">
+        <v>1.2046747134934606</v>
+      </c>
+      <c r="AW36" s="9">
+        <v>1.6384331253684365</v>
+      </c>
+      <c r="AX36" s="9">
+        <v>1.5969644622056762</v>
+      </c>
+      <c r="AY36" s="9">
+        <v>1.5574870030538648</v>
+      </c>
+      <c r="AZ36" s="9">
+        <v>1.6325766468954441</v>
+      </c>
+      <c r="BA36" s="9">
+        <v>1.9366782040852968</v>
+      </c>
+      <c r="BB36" s="9">
+        <v>0.70432964009729915</v>
+      </c>
+      <c r="BC36" s="9">
+        <v>2.0028651531238637</v>
+      </c>
+      <c r="BD36" s="9">
+        <v>1.1907680802902547</v>
+      </c>
+      <c r="BE36" s="9">
+        <v>1.9791425801256395</v>
+      </c>
+      <c r="BF36" s="9">
+        <v>-1.7381948967958039</v>
+      </c>
+      <c r="BG36" s="9">
+        <v>-4.4723169772446028</v>
+      </c>
+      <c r="BH36" s="9">
+        <v>-0.3482197320323337</v>
+      </c>
+      <c r="BI36" s="9">
+        <v>-2.6142971239018493</v>
+      </c>
+      <c r="BJ36" s="9">
+        <v>4.1530527547395195</v>
+      </c>
+      <c r="BK36" s="9">
+        <v>-2.056960210915733</v>
+      </c>
+      <c r="BL36" s="9">
+        <v>1.1282972805201013</v>
+      </c>
+      <c r="BM36" s="9">
+        <v>3.8354333320893517</v>
+      </c>
+      <c r="BN36" s="9">
+        <v>1.5976497939890635</v>
+      </c>
+      <c r="BO36" s="9">
+        <v>-0.94262873055383523</v>
+      </c>
+      <c r="BP36" s="9">
+        <v>4.4006031245090753</v>
+      </c>
+      <c r="BQ36" s="9">
+        <v>-0.59865105281735964</v>
+      </c>
+      <c r="BR36" s="9">
+        <v>0.93902305736280312</v>
+      </c>
+      <c r="BS36" s="9">
+        <v>3.1410211602871385</v>
+      </c>
+      <c r="BT36" s="9">
+        <v>-2.5994921298766798</v>
+      </c>
+      <c r="BU36" s="9">
+        <v>0.49397801020822385</v>
+      </c>
+      <c r="BV36" s="9">
+        <v>-1.3526317477342218</v>
+      </c>
+      <c r="BW36" s="9">
+        <v>1.4071675221481996</v>
+      </c>
+      <c r="BX36" s="9">
+        <v>0.55064342901040675</v>
+      </c>
+      <c r="BY36" s="9">
+        <v>0.51104765461789725</v>
+      </c>
+      <c r="BZ36" s="9">
+        <v>1.2807192536734959</v>
+      </c>
+      <c r="CA36" s="9">
+        <v>-1.3376862884410201</v>
+      </c>
+      <c r="CB36" s="9">
+        <v>0.87669186584633962</v>
+      </c>
+      <c r="CC36" s="9">
+        <v>1.7353395344716063</v>
+      </c>
+      <c r="CD36" s="9">
+        <v>0.87444349936060917</v>
+      </c>
+      <c r="CE36" s="9">
+        <v>0.63111389075893953</v>
+      </c>
+      <c r="CF36" s="9">
+        <v>-0.28759952811834921</v>
+      </c>
+      <c r="CG36" s="9">
+        <v>2.2125242533793852</v>
+      </c>
+      <c r="CH36" s="9">
+        <v>-0.55416876328699516</v>
+      </c>
+      <c r="CI36" s="9">
+        <v>1.394673924681527</v>
+      </c>
+      <c r="CJ36" s="9">
+        <v>0.94459297074681103</v>
+      </c>
+      <c r="CK36" s="9">
+        <v>-0.45853985192094626</v>
+      </c>
+      <c r="CL36" s="9">
+        <v>3.2646286290328135</v>
+      </c>
+      <c r="CM36" s="9">
+        <v>-1.2654982348958441</v>
+      </c>
+      <c r="CN36" s="9">
+        <v>3.2291904050301383</v>
+      </c>
+      <c r="CO36" s="9">
+        <v>1.6893519313722578</v>
+      </c>
+      <c r="CP36" s="9">
+        <v>-0.58339178010415083</v>
+      </c>
+      <c r="CQ36" s="9">
+        <v>1.7439407588151141</v>
+      </c>
+      <c r="CR36" s="9">
+        <v>-0.44360421789563986</v>
+      </c>
+      <c r="CS36" s="9">
+        <v>5.7745593768117942E-2</v>
+      </c>
+      <c r="CT36" s="9">
+        <v>3.3228804088455632</v>
+      </c>
+      <c r="CU36" s="9">
+        <v>1.3005206092229287</v>
+      </c>
+      <c r="CV36" s="9">
+        <v>1.6414373952950143</v>
+      </c>
+      <c r="CW36" s="9">
+        <v>-1.0462274810832213</v>
+      </c>
+      <c r="CX36" s="9">
+        <v>-0.40311269068705258</v>
+      </c>
+      <c r="CY36" s="9">
+        <v>10.320180951572141</v>
+      </c>
+      <c r="CZ36" s="9">
+        <v>-26.61646948825495</v>
+      </c>
+      <c r="DA36" s="9">
+        <v>12.709682730826117</v>
+      </c>
+      <c r="DB36" s="9">
+        <v>4.3808329471593197</v>
+      </c>
+      <c r="DC36" s="9">
+        <v>1.3979302561927938</v>
+      </c>
+      <c r="DD36" s="9">
+        <v>2.7190921383642603</v>
+      </c>
+      <c r="DE36" s="9">
+        <v>1.4207234883022011</v>
+      </c>
+      <c r="DF36" s="9">
+        <v>3.6365238757432223</v>
+      </c>
+      <c r="DG36" s="9">
+        <v>0.6456095650182192</v>
+      </c>
+      <c r="DH36" s="9">
+        <v>4.2913346621992048</v>
+      </c>
+      <c r="DI36" s="9">
+        <v>-0.38213827626071861</v>
+      </c>
+      <c r="DJ36" s="9">
+        <v>0.21430725344011137</v>
+      </c>
+      <c r="DK36" s="9">
+        <v>2.4911129185633172</v>
+      </c>
+      <c r="DL36" s="9">
+        <v>-2.6284454068143077</v>
+      </c>
+      <c r="DM36" s="9">
+        <v>-0.54577617634782882</v>
+      </c>
+      <c r="DN36" s="9">
+        <v>-1.0356151961702977</v>
+      </c>
+      <c r="DO36" s="9">
+        <v>6.6302025519476615E-2</v>
+      </c>
+      <c r="DP36" s="9">
+        <v>-0.32865273878337575</v>
+      </c>
+      <c r="DQ36" s="9">
+        <v>-1.4151610903261655</v>
+      </c>
+      <c r="DR36" s="9">
+        <v>0.4799547516209941</v>
+      </c>
+      <c r="DS36" s="9">
+        <v>-0.55903945884610096</v>
+      </c>
+      <c r="DT36" s="9">
+        <v>-1.0328911446651148</v>
+      </c>
+      <c r="DU36" s="9">
+        <v>-6.7661603818038429E-2</v>
+      </c>
+      <c r="DV36" s="9">
+        <v>0.63895884689988236</v>
+      </c>
+    </row>
+    <row r="37" spans="1:126" s="5" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B37" s="10"/>
+      <c r="C37" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="CI5" s="11" t="s">
-[...8 lines deleted...]
-      <c r="CL5" s="11" t="s">
+      <c r="D37" s="9">
+        <v>0.7895216128815008</v>
+      </c>
+      <c r="E37" s="9">
+        <v>-0.24445841237748311</v>
+      </c>
+      <c r="F37" s="9">
+        <v>0.71740233127970043</v>
+      </c>
+      <c r="G37" s="9">
+        <v>-5.2511574193943034E-2</v>
+      </c>
+      <c r="H37" s="9">
+        <v>0.16167848139080832</v>
+      </c>
+      <c r="I37" s="9">
+        <v>0.73735570020984653</v>
+      </c>
+      <c r="J37" s="9">
+        <v>-0.54277768621031441</v>
+      </c>
+      <c r="K37" s="9">
+        <v>0.59596774912431272</v>
+      </c>
+      <c r="L37" s="9">
+        <v>-0.4066113235244444</v>
+      </c>
+      <c r="M37" s="9">
+        <v>1.1925017535690472</v>
+      </c>
+      <c r="N37" s="9">
+        <v>0.79615619851168162</v>
+      </c>
+      <c r="O37" s="9">
+        <v>0.85520981409436558</v>
+      </c>
+      <c r="P37" s="9">
+        <v>0.60373592415908206</v>
+      </c>
+      <c r="Q37" s="9">
+        <v>0.21552212614265898</v>
+      </c>
+      <c r="R37" s="9">
+        <v>1.1086149446057192</v>
+      </c>
+      <c r="S37" s="9">
+        <v>0.23815408936083315</v>
+      </c>
+      <c r="T37" s="9">
+        <v>0.38787770376870867</v>
+      </c>
+      <c r="U37" s="9">
+        <v>6.8494795994951119E-2</v>
+      </c>
+      <c r="V37" s="9">
+        <v>0.21034638119729721</v>
+      </c>
+      <c r="W37" s="9">
+        <v>0.52280854554015832</v>
+      </c>
+      <c r="X37" s="9">
+        <v>0.67573979655439587</v>
+      </c>
+      <c r="Y37" s="9">
+        <v>0.83456339352861164</v>
+      </c>
+      <c r="Z37" s="9">
+        <v>0.32552798849117437</v>
+      </c>
+      <c r="AA37" s="9">
+        <v>-0.78199985789642312</v>
+      </c>
+      <c r="AB37" s="9">
+        <v>0.56681613587348068</v>
+      </c>
+      <c r="AC37" s="9">
+        <v>0.58227311037886409</v>
+      </c>
+      <c r="AD37" s="9">
+        <v>-1.0302623349644762</v>
+      </c>
+      <c r="AE37" s="9">
+        <v>1.776083810356937</v>
+      </c>
+      <c r="AF37" s="9">
+        <v>-1.1554731515847436</v>
+      </c>
+      <c r="AG37" s="9">
+        <v>0.54731596591206255</v>
+      </c>
+      <c r="AH37" s="9">
+        <v>0.19426796619879383</v>
+      </c>
+      <c r="AI37" s="9">
+        <v>-0.40990217483579272</v>
+      </c>
+      <c r="AJ37" s="9">
+        <v>-0.2488248376518527</v>
+      </c>
+      <c r="AK37" s="9">
+        <v>3.7359747643707806</v>
+      </c>
+      <c r="AL37" s="9">
+        <v>-0.75282208756031821</v>
+      </c>
+      <c r="AM37" s="9">
+        <v>-1.7415311687135215</v>
+      </c>
+      <c r="AN37" s="9">
+        <v>1.5632854903800535</v>
+      </c>
+      <c r="AO37" s="9">
+        <v>-0.20053217521602562</v>
+      </c>
+      <c r="AP37" s="9">
+        <v>0.28428258855019806</v>
+      </c>
+      <c r="AQ37" s="9">
+        <v>1.0188470186261753</v>
+      </c>
+      <c r="AR37" s="9">
+        <v>0.56645264948976148</v>
+      </c>
+      <c r="AS37" s="9">
+        <v>-0.88389554503531542</v>
+      </c>
+      <c r="AT37" s="9">
+        <v>1.7339117617278532</v>
+      </c>
+      <c r="AU37" s="9">
+        <v>0.64945629655279902</v>
+      </c>
+      <c r="AV37" s="9">
+        <v>0.46875230156983605</v>
+      </c>
+      <c r="AW37" s="9">
+        <v>1.6904124053880309E-2</v>
+      </c>
+      <c r="AX37" s="9">
+        <v>0.93495765009868137</v>
+      </c>
+      <c r="AY37" s="9">
+        <v>-0.15935006163580567</v>
+      </c>
+      <c r="AZ37" s="9">
+        <v>0.50394581598773414</v>
+      </c>
+      <c r="BA37" s="9">
+        <v>1.3469861870752027</v>
+      </c>
+      <c r="BB37" s="9">
+        <v>0.19059524485240331</v>
+      </c>
+      <c r="BC37" s="9">
+        <v>0.51076640137546292</v>
+      </c>
+      <c r="BD37" s="9">
+        <v>1.2271983596775726</v>
+      </c>
+      <c r="BE37" s="9">
+        <v>0.26313942093463538</v>
+      </c>
+      <c r="BF37" s="9">
+        <v>0.674147162900951</v>
+      </c>
+      <c r="BG37" s="9">
+        <v>0.42145734505017174</v>
+      </c>
+      <c r="BH37" s="9">
+        <v>0.56442847795472062</v>
+      </c>
+      <c r="BI37" s="9">
+        <v>0.36285181002931211</v>
+      </c>
+      <c r="BJ37" s="9">
+        <v>0.24160027917648108</v>
+      </c>
+      <c r="BK37" s="9">
+        <v>-0.57112201663657913</v>
+      </c>
+      <c r="BL37" s="9">
+        <v>0.94447648870313117</v>
+      </c>
+      <c r="BM37" s="9">
+        <v>0.55330123398695719</v>
+      </c>
+      <c r="BN37" s="9">
+        <v>-0.87073595661088632</v>
+      </c>
+      <c r="BO37" s="9">
+        <v>1.4058135502907732</v>
+      </c>
+      <c r="BP37" s="9">
+        <v>-1.1452188129294285</v>
+      </c>
+      <c r="BQ37" s="9">
+        <v>-0.21543896578657495</v>
+      </c>
+      <c r="BR37" s="9">
+        <v>0.89516484652104111</v>
+      </c>
+      <c r="BS37" s="9">
+        <v>0.17654271676796895</v>
+      </c>
+      <c r="BT37" s="9">
+        <v>-0.12258765825031048</v>
+      </c>
+      <c r="BU37" s="9">
+        <v>0.21273462229952145</v>
+      </c>
+      <c r="BV37" s="9">
+        <v>-0.7926432816556428</v>
+      </c>
+      <c r="BW37" s="9">
+        <v>0.81005468600481834</v>
+      </c>
+      <c r="BX37" s="9">
+        <v>-0.25264145304304009</v>
+      </c>
+      <c r="BY37" s="9">
+        <v>-0.39936765120995688</v>
+      </c>
+      <c r="BZ37" s="9">
+        <v>-0.21481996903264644</v>
+      </c>
+      <c r="CA37" s="9">
+        <v>0.10658245049187087</v>
+      </c>
+      <c r="CB37" s="9">
+        <v>8.5423101036070648E-3</v>
+      </c>
+      <c r="CC37" s="9">
+        <v>0.60042673634607979</v>
+      </c>
+      <c r="CD37" s="9">
+        <v>1.2936936534483578</v>
+      </c>
+      <c r="CE37" s="9">
+        <v>-1.0200065213946772</v>
+      </c>
+      <c r="CF37" s="9">
+        <v>0.88223785360897011</v>
+      </c>
+      <c r="CG37" s="9">
+        <v>0.4147178219454446</v>
+      </c>
+      <c r="CH37" s="9">
+        <v>-0.61210802294692712</v>
+      </c>
+      <c r="CI37" s="9">
+        <v>0.44042933428775655</v>
+      </c>
+      <c r="CJ37" s="9">
+        <v>0.68076251821469214</v>
+      </c>
+      <c r="CK37" s="9">
+        <v>0.28244455601948459</v>
+      </c>
+      <c r="CL37" s="9">
+        <v>0.63453216066629636</v>
+      </c>
+      <c r="CM37" s="9">
+        <v>0.74327602307752727</v>
+      </c>
+      <c r="CN37" s="9">
+        <v>-0.28211834727737539</v>
+      </c>
+      <c r="CO37" s="9">
+        <v>-9.1449710527896855E-2</v>
+      </c>
+      <c r="CP37" s="9">
+        <v>0.93582486433409429</v>
+      </c>
+      <c r="CQ37" s="9">
+        <v>-0.73116911421793418</v>
+      </c>
+      <c r="CR37" s="9">
+        <v>0.6608710365455579</v>
+      </c>
+      <c r="CS37" s="9">
+        <v>0.49884483626563281</v>
+      </c>
+      <c r="CT37" s="9">
+        <v>0.67064771839686443</v>
+      </c>
+      <c r="CU37" s="9">
+        <v>0.20791358722216557</v>
+      </c>
+      <c r="CV37" s="9">
+        <v>-0.24914959498025269</v>
+      </c>
+      <c r="CW37" s="9">
+        <v>-0.45678231457040397</v>
+      </c>
+      <c r="CX37" s="9">
+        <v>0.86203385987199965</v>
+      </c>
+      <c r="CY37" s="9">
+        <v>-3.853868857569779</v>
+      </c>
+      <c r="CZ37" s="9">
+        <v>-3.2172173895481961</v>
+      </c>
+      <c r="DA37" s="9">
+        <v>3.9330304458295728</v>
+      </c>
+      <c r="DB37" s="9">
+        <v>0.1543981918239723</v>
+      </c>
+      <c r="DC37" s="9">
+        <v>2.0118822878506109</v>
+      </c>
+      <c r="DD37" s="9">
+        <v>1.1080560627928122</v>
+      </c>
+      <c r="DE37" s="9">
+        <v>0.99839418695482607</v>
+      </c>
+      <c r="DF37" s="9">
+        <v>-0.49474224204848838</v>
+      </c>
+      <c r="DG37" s="9">
+        <v>0.54927845445631363</v>
+      </c>
+      <c r="DH37" s="9">
+        <v>0.74783571629797052</v>
+      </c>
+      <c r="DI37" s="9">
+        <v>1.0029062643474731</v>
+      </c>
+      <c r="DJ37" s="9">
+        <v>1.0657833100859762</v>
+      </c>
+      <c r="DK37" s="9">
+        <v>0.36534477458236836</v>
+      </c>
+      <c r="DL37" s="9">
+        <v>0.51354919470789184</v>
+      </c>
+      <c r="DM37" s="9">
+        <v>1.5211249244268572</v>
+      </c>
+      <c r="DN37" s="9">
+        <v>-0.45320188335857381</v>
+      </c>
+      <c r="DO37" s="9">
+        <v>1.0122304514947871</v>
+      </c>
+      <c r="DP37" s="9">
+        <v>1.3625500508090056</v>
+      </c>
+      <c r="DQ37" s="9">
+        <v>0.30743107500885003</v>
+      </c>
+      <c r="DR37" s="9">
+        <v>1.8887826446645164</v>
+      </c>
+      <c r="DS37" s="9">
+        <v>0.34730187422680103</v>
+      </c>
+      <c r="DT37" s="9">
+        <v>0.19362144414483851</v>
+      </c>
+      <c r="DU37" s="9">
+        <v>0.6776810250250378</v>
+      </c>
+      <c r="DV37" s="9">
+        <v>0.90484585261650352</v>
+      </c>
+    </row>
+    <row r="38" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" s="10"/>
+      <c r="C38" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="CM5" s="11" t="s">
-[...104 lines deleted...]
-      <c r="DV5" s="11"/>
+      <c r="D38" s="9">
+        <v>0.10504870049723536</v>
+      </c>
+      <c r="E38" s="9">
+        <v>-0.24031662832003065</v>
+      </c>
+      <c r="F38" s="9">
+        <v>-0.47549333167683017</v>
+      </c>
+      <c r="G38" s="9">
+        <v>-2.391136160154872E-2</v>
+      </c>
+      <c r="H38" s="9">
+        <v>-8.3240698998181983E-2</v>
+      </c>
+      <c r="I38" s="9">
+        <v>-7.9753092347573329E-2</v>
+      </c>
+      <c r="J38" s="9">
+        <v>-0.21149265936290362</v>
+      </c>
+      <c r="K38" s="9">
+        <v>-0.36762534498207344</v>
+      </c>
+      <c r="L38" s="9">
+        <v>-0.41596348493391133</v>
+      </c>
+      <c r="M38" s="9">
+        <v>0.92939078987457435</v>
+      </c>
+      <c r="N38" s="9">
+        <v>0.57654214522446523</v>
+      </c>
+      <c r="O38" s="9">
+        <v>0.94183134934829127</v>
+      </c>
+      <c r="P38" s="9">
+        <v>0.86050343050607125</v>
+      </c>
+      <c r="Q38" s="9">
+        <v>0.31404838276696978</v>
+      </c>
+      <c r="R38" s="9">
+        <v>0.21704708462453937</v>
+      </c>
+      <c r="S38" s="9">
+        <v>-7.4910258623233972E-2</v>
+      </c>
+      <c r="T38" s="9">
+        <v>0.11448198510342422</v>
+      </c>
+      <c r="U38" s="9">
+        <v>0.12622838970990813</v>
+      </c>
+      <c r="V38" s="9">
+        <v>0.66852158975959242</v>
+      </c>
+      <c r="W38" s="9">
+        <v>0.50609845639691287</v>
+      </c>
+      <c r="X38" s="9">
+        <v>0.13675510571833627</v>
+      </c>
+      <c r="Y38" s="9">
+        <v>0.2333010960758628</v>
+      </c>
+      <c r="Z38" s="9">
+        <v>-0.18815136680268552</v>
+      </c>
+      <c r="AA38" s="9">
+        <v>-0.12440524681477427</v>
+      </c>
+      <c r="AB38" s="9">
+        <v>-0.40887584609178873</v>
+      </c>
+      <c r="AC38" s="9">
+        <v>6.3645605160118635E-2</v>
+      </c>
+      <c r="AD38" s="9">
+        <v>0.84365661085503518</v>
+      </c>
+      <c r="AE38" s="9">
+        <v>-0.48059954312689968</v>
+      </c>
+      <c r="AF38" s="9">
+        <v>0.29786463988456546</v>
+      </c>
+      <c r="AG38" s="9">
+        <v>0.65723121000512208</v>
+      </c>
+      <c r="AH38" s="9">
+        <v>-0.73499119485863673</v>
+      </c>
+      <c r="AI38" s="9">
+        <v>0.26928841245793933</v>
+      </c>
+      <c r="AJ38" s="9">
+        <v>-0.45236937251445397</v>
+      </c>
+      <c r="AK38" s="9">
+        <v>0.64335547832025952</v>
+      </c>
+      <c r="AL38" s="9">
+        <v>0.90740209665311511</v>
+      </c>
+      <c r="AM38" s="9">
+        <v>0.79121251683078242</v>
+      </c>
+      <c r="AN38" s="9">
+        <v>2.0792442132158584</v>
+      </c>
+      <c r="AO38" s="9">
+        <v>-0.49111954734760843</v>
+      </c>
+      <c r="AP38" s="9">
+        <v>0.57077782359944251</v>
+      </c>
+      <c r="AQ38" s="9">
+        <v>5.7640582606751423E-2</v>
+      </c>
+      <c r="AR38" s="9">
+        <v>-0.29391933524911451</v>
+      </c>
+      <c r="AS38" s="9">
+        <v>0.25837038203681573</v>
+      </c>
+      <c r="AT38" s="9">
+        <v>-0.53478963129040835</v>
+      </c>
+      <c r="AU38" s="9">
+        <v>-0.33038137191842054</v>
+      </c>
+      <c r="AV38" s="9">
+        <v>0.1158003551704212</v>
+      </c>
+      <c r="AW38" s="9">
+        <v>2.9712921142760251E-2</v>
+      </c>
+      <c r="AX38" s="9">
+        <v>1.1654721527292651</v>
+      </c>
+      <c r="AY38" s="9">
+        <v>2.3021192478780392</v>
+      </c>
+      <c r="AZ38" s="9">
+        <v>0.85714264852092015</v>
+      </c>
+      <c r="BA38" s="9">
+        <v>0.17624326769929155</v>
+      </c>
+      <c r="BB38" s="9">
+        <v>0.76200120042153685</v>
+      </c>
+      <c r="BC38" s="9">
+        <v>0.33496799048637627</v>
+      </c>
+      <c r="BD38" s="9">
+        <v>0.56892166227497398</v>
+      </c>
+      <c r="BE38" s="9">
+        <v>0.40136384217343846</v>
+      </c>
+      <c r="BF38" s="9">
+        <v>-1.0232345541949144</v>
+      </c>
+      <c r="BG38" s="9">
+        <v>-1.2126928390418925</v>
+      </c>
+      <c r="BH38" s="9">
+        <v>-0.15128955420662749</v>
+      </c>
+      <c r="BI38" s="9">
+        <v>-0.1903929391664434</v>
+      </c>
+      <c r="BJ38" s="9">
+        <v>-0.11057626527515652</v>
+      </c>
+      <c r="BK38" s="9">
+        <v>0.5612825939470838</v>
+      </c>
+      <c r="BL38" s="9">
+        <v>0.58400729221051506</v>
+      </c>
+      <c r="BM38" s="9">
+        <v>-0.55635380108827803</v>
+      </c>
+      <c r="BN38" s="9">
+        <v>0.52189742900618796</v>
+      </c>
+      <c r="BO38" s="9">
+        <v>0.40239509277002128</v>
+      </c>
+      <c r="BP38" s="9">
+        <v>-0.27603620241939097</v>
+      </c>
+      <c r="BQ38" s="9">
+        <v>1.7394411963487073</v>
+      </c>
+      <c r="BR38" s="9">
+        <v>-0.65750113895791173</v>
+      </c>
+      <c r="BS38" s="9">
+        <v>-0.98331292530477299</v>
+      </c>
+      <c r="BT38" s="9">
+        <v>0.7512541441793843</v>
+      </c>
+      <c r="BU38" s="9">
+        <v>-1.2046420251746071</v>
+      </c>
+      <c r="BV38" s="9">
+        <v>0.69315142026289323</v>
+      </c>
+      <c r="BW38" s="9">
+        <v>0.74657890793923798</v>
+      </c>
+      <c r="BX38" s="9">
+        <v>-0.51453819372963494</v>
+      </c>
+      <c r="BY38" s="9">
+        <v>-1.1798890150322592</v>
+      </c>
+      <c r="BZ38" s="9">
+        <v>0.52936868408967541</v>
+      </c>
+      <c r="CA38" s="9">
+        <v>-0.8742856175534115</v>
+      </c>
+      <c r="CB38" s="9">
+        <v>-0.79540511840666284</v>
+      </c>
+      <c r="CC38" s="9">
+        <v>3.141081663540831</v>
+      </c>
+      <c r="CD38" s="9">
+        <v>-0.73410785627824282</v>
+      </c>
+      <c r="CE38" s="9">
+        <v>-8.9840280541494622E-2</v>
+      </c>
+      <c r="CF38" s="9">
+        <v>-0.25116655000661581</v>
+      </c>
+      <c r="CG38" s="9">
+        <v>-1.4824775826751875</v>
+      </c>
+      <c r="CH38" s="9">
+        <v>0.22029439794704331</v>
+      </c>
+      <c r="CI38" s="9">
+        <v>-1.5141689785242249</v>
+      </c>
+      <c r="CJ38" s="9">
+        <v>0.32198649618008801</v>
+      </c>
+      <c r="CK38" s="9">
+        <v>0.63678811486845177</v>
+      </c>
+      <c r="CL38" s="9">
+        <v>-0.49535294536781294</v>
+      </c>
+      <c r="CM38" s="9">
+        <v>1.0910153646405547</v>
+      </c>
+      <c r="CN38" s="9">
+        <v>0.61588744551339403</v>
+      </c>
+      <c r="CO38" s="9">
+        <v>0.40490831611626277</v>
+      </c>
+      <c r="CP38" s="9">
+        <v>1.0049506955719778</v>
+      </c>
+      <c r="CQ38" s="9">
+        <v>1.2396111578068911</v>
+      </c>
+      <c r="CR38" s="9">
+        <v>-1.0698815368653527</v>
+      </c>
+      <c r="CS38" s="9">
+        <v>-1.4160527982309503</v>
+      </c>
+      <c r="CT38" s="9">
+        <v>1.3310960726938106</v>
+      </c>
+      <c r="CU38" s="9">
+        <v>-2.2049109114078647E-2</v>
+      </c>
+      <c r="CV38" s="9">
+        <v>0.29924798335763114</v>
+      </c>
+      <c r="CW38" s="9">
+        <v>1.4172762924394817</v>
+      </c>
+      <c r="CX38" s="9">
+        <v>-2.6605407151720186</v>
+      </c>
+      <c r="CY38" s="9">
+        <v>-8.0364504276626292</v>
+      </c>
+      <c r="CZ38" s="9">
+        <v>-22.031297509310804</v>
+      </c>
+      <c r="DA38" s="9">
+        <v>20.721538199807483</v>
+      </c>
+      <c r="DB38" s="9">
+        <v>-6.4668904905809228</v>
+      </c>
+      <c r="DC38" s="9">
+        <v>-4.563025490994022</v>
+      </c>
+      <c r="DD38" s="9">
+        <v>8.1160933940795985</v>
+      </c>
+      <c r="DE38" s="9">
+        <v>13.341177386783514</v>
+      </c>
+      <c r="DF38" s="9">
+        <v>-3.3347177646353856</v>
+      </c>
+      <c r="DG38" s="9">
+        <v>5.5182955029072502</v>
+      </c>
+      <c r="DH38" s="9">
+        <v>10.20003815096797</v>
+      </c>
+      <c r="DI38" s="9">
+        <v>2.3747552655894566</v>
+      </c>
+      <c r="DJ38" s="9">
+        <v>-1.5057332495945985</v>
+      </c>
+      <c r="DK38" s="9">
+        <v>0.22625899997585464</v>
+      </c>
+      <c r="DL38" s="9">
+        <v>0.44442445014321663</v>
+      </c>
+      <c r="DM38" s="9">
+        <v>0.70688815169836516</v>
+      </c>
+      <c r="DN38" s="9">
+        <v>-2.7397612960937749</v>
+      </c>
+      <c r="DO38" s="9">
+        <v>2.1939528428333404</v>
+      </c>
+      <c r="DP38" s="9">
+        <v>0.70436626738101893</v>
+      </c>
+      <c r="DQ38" s="9">
+        <v>-1.1636152934449626</v>
+      </c>
+      <c r="DR38" s="9">
+        <v>1.4949870437889246</v>
+      </c>
+      <c r="DS38" s="9">
+        <v>-1.5682798422047455</v>
+      </c>
+      <c r="DT38" s="9">
+        <v>0.77046506144935734</v>
+      </c>
+      <c r="DU38" s="9">
+        <v>-0.47873781066594745</v>
+      </c>
+      <c r="DV38" s="9">
+        <v>-0.42964412529677531</v>
+      </c>
     </row>
-    <row r="6" spans="1:126" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
-[...125 lines deleted...]
-      <c r="DV6" s="12"/>
+    <row r="39" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="10"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="10"/>
+      <c r="D39" s="10"/>
+      <c r="E39" s="10"/>
+      <c r="F39" s="10"/>
+      <c r="G39" s="10"/>
+      <c r="H39" s="10"/>
+      <c r="I39" s="10"/>
+      <c r="J39" s="10"/>
+      <c r="K39" s="10"/>
+      <c r="L39" s="10"/>
+      <c r="M39" s="10"/>
+      <c r="N39" s="10"/>
+      <c r="O39" s="10"/>
+      <c r="P39" s="10"/>
+      <c r="Q39" s="10"/>
+      <c r="R39" s="10"/>
+      <c r="S39" s="10"/>
+      <c r="T39" s="10"/>
+      <c r="U39" s="10"/>
+      <c r="V39" s="10"/>
+      <c r="W39" s="10"/>
+      <c r="X39" s="10"/>
+      <c r="Y39" s="10"/>
+      <c r="Z39" s="10"/>
+      <c r="AA39" s="10"/>
+      <c r="AB39" s="10"/>
+      <c r="AC39" s="10"/>
+      <c r="AD39" s="10"/>
+      <c r="AE39" s="10"/>
+      <c r="AF39" s="10"/>
+      <c r="AG39" s="10"/>
+      <c r="AH39" s="10"/>
+      <c r="AI39" s="10"/>
+      <c r="AJ39" s="10"/>
+      <c r="AK39" s="10"/>
+      <c r="AL39" s="10"/>
+      <c r="AM39" s="10"/>
+      <c r="AN39" s="10"/>
+      <c r="AO39" s="10"/>
+      <c r="AP39" s="10"/>
+      <c r="AQ39" s="10"/>
+      <c r="AR39" s="10"/>
+      <c r="AS39" s="10"/>
+      <c r="AT39" s="10"/>
+      <c r="AU39" s="10"/>
+      <c r="AV39" s="10"/>
+      <c r="AW39" s="10"/>
+      <c r="AX39" s="10"/>
+      <c r="AY39" s="10"/>
+      <c r="AZ39" s="10"/>
+      <c r="BA39" s="10"/>
+      <c r="BB39" s="10"/>
+      <c r="BC39" s="10"/>
+      <c r="BD39" s="10"/>
+      <c r="BE39" s="10"/>
+      <c r="BF39" s="10"/>
+      <c r="BG39" s="10"/>
+      <c r="BH39" s="10"/>
+      <c r="BI39" s="10"/>
+      <c r="BJ39" s="10"/>
+      <c r="BK39" s="10"/>
+      <c r="BL39" s="10"/>
+      <c r="BM39" s="10"/>
+      <c r="BN39" s="10"/>
+      <c r="BO39" s="10"/>
+      <c r="BP39" s="10"/>
+      <c r="BQ39" s="10"/>
+      <c r="BR39" s="10"/>
+      <c r="BS39" s="10"/>
+      <c r="BT39" s="10"/>
+      <c r="BU39" s="10"/>
+      <c r="BV39" s="10"/>
+      <c r="BW39" s="10"/>
+      <c r="BX39" s="10"/>
+      <c r="BY39" s="10"/>
+      <c r="BZ39" s="10"/>
+      <c r="CA39" s="10"/>
+      <c r="CB39" s="10"/>
+      <c r="CC39" s="10"/>
+      <c r="CD39" s="10"/>
+      <c r="CE39" s="10"/>
+      <c r="CF39" s="10"/>
+      <c r="CG39" s="10"/>
+      <c r="CH39" s="10"/>
+      <c r="CI39" s="10"/>
+      <c r="CJ39" s="10"/>
+      <c r="CK39" s="10"/>
+      <c r="CL39" s="10"/>
+      <c r="CM39" s="10"/>
+      <c r="CN39" s="10"/>
+      <c r="CO39" s="10"/>
+      <c r="CP39" s="10"/>
+      <c r="CQ39" s="10"/>
+      <c r="CR39" s="10"/>
+      <c r="CS39" s="10"/>
+      <c r="CT39" s="10"/>
+      <c r="CU39" s="10"/>
+      <c r="CV39" s="10"/>
+      <c r="CW39" s="10"/>
+      <c r="CX39" s="10"/>
+      <c r="CY39" s="10"/>
+      <c r="CZ39" s="10"/>
+      <c r="DA39" s="10"/>
+      <c r="DB39" s="10"/>
+      <c r="DC39" s="10"/>
+      <c r="DD39" s="10"/>
+      <c r="DE39" s="10"/>
+      <c r="DF39" s="10"/>
+      <c r="DG39" s="10"/>
+      <c r="DH39" s="10"/>
+      <c r="DI39" s="10"/>
+      <c r="DJ39" s="10"/>
+      <c r="DK39" s="10"/>
+      <c r="DL39" s="10"/>
+      <c r="DM39" s="10"/>
+      <c r="DN39" s="10"/>
+      <c r="DO39" s="10"/>
+      <c r="DP39" s="10"/>
+      <c r="DQ39" s="10"/>
+      <c r="DR39" s="10"/>
+      <c r="DS39" s="10"/>
+      <c r="DT39" s="10"/>
+      <c r="DU39" s="10"/>
+      <c r="DV39" s="10"/>
     </row>
-    <row r="7" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...127 lines deleted...]
-      <c r="DV7" s="14"/>
+    <row r="40" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="10"/>
+      <c r="B40" s="10"/>
+      <c r="C40" s="10"/>
+      <c r="D40" s="10"/>
+      <c r="E40" s="10"/>
+      <c r="F40" s="10"/>
+      <c r="G40" s="10"/>
+      <c r="H40" s="10"/>
+      <c r="I40" s="10"/>
+      <c r="J40" s="10"/>
+      <c r="K40" s="10"/>
+      <c r="L40" s="10"/>
+      <c r="M40" s="10"/>
+      <c r="N40" s="10"/>
+      <c r="O40" s="10"/>
+      <c r="P40" s="10"/>
+      <c r="Q40" s="10"/>
+      <c r="R40" s="10"/>
+      <c r="S40" s="10"/>
+      <c r="T40" s="10"/>
+      <c r="U40" s="10"/>
+      <c r="V40" s="10"/>
+      <c r="W40" s="10"/>
+      <c r="X40" s="10"/>
+      <c r="Y40" s="10"/>
+      <c r="Z40" s="10"/>
+      <c r="AA40" s="10"/>
+      <c r="AB40" s="10"/>
+      <c r="AC40" s="10"/>
+      <c r="AD40" s="10"/>
+      <c r="AE40" s="10"/>
+      <c r="AF40" s="10"/>
+      <c r="AG40" s="10"/>
+      <c r="AH40" s="10"/>
+      <c r="AI40" s="10"/>
+      <c r="AJ40" s="10"/>
+      <c r="AK40" s="10"/>
+      <c r="AL40" s="10"/>
+      <c r="AM40" s="10"/>
+      <c r="AN40" s="10"/>
+      <c r="AO40" s="10"/>
+      <c r="AP40" s="10"/>
+      <c r="AQ40" s="10"/>
+      <c r="AR40" s="10"/>
+      <c r="AS40" s="10"/>
+      <c r="AT40" s="10"/>
+      <c r="AU40" s="10"/>
+      <c r="AV40" s="10"/>
+      <c r="AW40" s="10"/>
+      <c r="AX40" s="10"/>
+      <c r="AY40" s="10"/>
+      <c r="AZ40" s="10"/>
+      <c r="BA40" s="10"/>
+      <c r="BB40" s="10"/>
+      <c r="BC40" s="10"/>
+      <c r="BD40" s="10"/>
+      <c r="BE40" s="10"/>
+      <c r="BF40" s="10"/>
+      <c r="BG40" s="10"/>
+      <c r="BH40" s="10"/>
+      <c r="BI40" s="10"/>
+      <c r="BJ40" s="10"/>
+      <c r="BK40" s="10"/>
+      <c r="BL40" s="10"/>
+      <c r="BM40" s="10"/>
+      <c r="BN40" s="10"/>
+      <c r="BO40" s="10"/>
+      <c r="BP40" s="10"/>
+      <c r="BQ40" s="10"/>
+      <c r="BR40" s="10"/>
+      <c r="BS40" s="10"/>
+      <c r="BT40" s="10"/>
+      <c r="BU40" s="10"/>
+      <c r="BV40" s="10"/>
+      <c r="BW40" s="10"/>
+      <c r="BX40" s="10"/>
+      <c r="BY40" s="10"/>
+      <c r="BZ40" s="10"/>
+      <c r="CA40" s="10"/>
+      <c r="CB40" s="10"/>
+      <c r="CC40" s="10"/>
+      <c r="CD40" s="10"/>
+      <c r="CE40" s="10"/>
+      <c r="CF40" s="10"/>
+      <c r="CG40" s="10"/>
+      <c r="CH40" s="10"/>
+      <c r="CI40" s="10"/>
+      <c r="CJ40" s="10"/>
+      <c r="CK40" s="10"/>
+      <c r="CL40" s="10"/>
+      <c r="CM40" s="10"/>
+      <c r="CN40" s="10"/>
+      <c r="CO40" s="10"/>
+      <c r="CP40" s="10"/>
+      <c r="CQ40" s="10"/>
+      <c r="CR40" s="10"/>
+      <c r="CS40" s="10"/>
+      <c r="CT40" s="10"/>
+      <c r="CU40" s="10"/>
+      <c r="CV40" s="10"/>
+      <c r="CW40" s="10"/>
+      <c r="CX40" s="10"/>
+      <c r="CY40" s="10"/>
+      <c r="CZ40" s="10"/>
+      <c r="DA40" s="10"/>
+      <c r="DB40" s="10"/>
+      <c r="DC40" s="10"/>
+      <c r="DD40" s="10"/>
+      <c r="DE40" s="10"/>
+      <c r="DF40" s="10"/>
+      <c r="DG40" s="10"/>
+      <c r="DH40" s="10"/>
+      <c r="DI40" s="10"/>
+      <c r="DJ40" s="10"/>
+      <c r="DK40" s="10"/>
+      <c r="DL40" s="10"/>
+      <c r="DM40" s="10"/>
+      <c r="DN40" s="10"/>
+      <c r="DO40" s="10"/>
+      <c r="DP40" s="10"/>
+      <c r="DQ40" s="10"/>
+      <c r="DR40" s="10"/>
+      <c r="DS40" s="10"/>
+      <c r="DT40" s="10"/>
+      <c r="DU40" s="10"/>
+      <c r="DV40" s="10"/>
     </row>
-    <row r="8" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...10555 lines deleted...]
-    <row r="41" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="13" t="s">
         <v>22</v>
       </c>
-      <c r="B41" s="14"/>
-[...123 lines deleted...]
-      <c r="DV41" s="14"/>
+      <c r="B41" s="10"/>
+      <c r="C41" s="10"/>
+      <c r="D41" s="10"/>
+      <c r="E41" s="10"/>
+      <c r="F41" s="10"/>
+      <c r="G41" s="10"/>
+      <c r="H41" s="10"/>
+      <c r="I41" s="10"/>
+      <c r="J41" s="10"/>
+      <c r="K41" s="10"/>
+      <c r="L41" s="10"/>
+      <c r="M41" s="10"/>
+      <c r="N41" s="10"/>
+      <c r="O41" s="10"/>
+      <c r="P41" s="10"/>
+      <c r="Q41" s="10"/>
+      <c r="R41" s="10"/>
+      <c r="S41" s="10"/>
+      <c r="T41" s="10"/>
+      <c r="U41" s="10"/>
+      <c r="V41" s="10"/>
+      <c r="W41" s="10"/>
+      <c r="X41" s="10"/>
+      <c r="Y41" s="10"/>
+      <c r="Z41" s="10"/>
+      <c r="AA41" s="10"/>
+      <c r="AB41" s="10"/>
+      <c r="AC41" s="10"/>
+      <c r="AD41" s="10"/>
+      <c r="AE41" s="10"/>
+      <c r="AF41" s="10"/>
+      <c r="AG41" s="10"/>
+      <c r="AH41" s="10"/>
+      <c r="AI41" s="10"/>
+      <c r="AJ41" s="10"/>
+      <c r="AK41" s="10"/>
+      <c r="AL41" s="10"/>
+      <c r="AM41" s="10"/>
+      <c r="AN41" s="10"/>
+      <c r="AO41" s="10"/>
+      <c r="AP41" s="10"/>
+      <c r="AQ41" s="10"/>
+      <c r="AR41" s="10"/>
+      <c r="AS41" s="10"/>
+      <c r="AT41" s="10"/>
+      <c r="AU41" s="10"/>
+      <c r="AV41" s="10"/>
+      <c r="AW41" s="10"/>
+      <c r="AX41" s="10"/>
+      <c r="AY41" s="10"/>
+      <c r="AZ41" s="10"/>
+      <c r="BA41" s="10"/>
+      <c r="BB41" s="10"/>
+      <c r="BC41" s="10"/>
+      <c r="BD41" s="10"/>
+      <c r="BE41" s="10"/>
+      <c r="BF41" s="10"/>
+      <c r="BG41" s="10"/>
+      <c r="BH41" s="10"/>
+      <c r="BI41" s="10"/>
+      <c r="BJ41" s="10"/>
+      <c r="BK41" s="10"/>
+      <c r="BL41" s="10"/>
+      <c r="BM41" s="10"/>
+      <c r="BN41" s="10"/>
+      <c r="BO41" s="10"/>
+      <c r="BP41" s="10"/>
+      <c r="BQ41" s="10"/>
+      <c r="BR41" s="10"/>
+      <c r="BS41" s="10"/>
+      <c r="BT41" s="10"/>
+      <c r="BU41" s="10"/>
+      <c r="BV41" s="10"/>
+      <c r="BW41" s="10"/>
+      <c r="BX41" s="10"/>
+      <c r="BY41" s="10"/>
+      <c r="BZ41" s="10"/>
+      <c r="CA41" s="10"/>
+      <c r="CB41" s="10"/>
+      <c r="CC41" s="10"/>
+      <c r="CD41" s="10"/>
+      <c r="CE41" s="10"/>
+      <c r="CF41" s="10"/>
+      <c r="CG41" s="10"/>
+      <c r="CH41" s="10"/>
+      <c r="CI41" s="10"/>
+      <c r="CJ41" s="10"/>
+      <c r="CK41" s="10"/>
+      <c r="CL41" s="10"/>
+      <c r="CM41" s="10"/>
+      <c r="CN41" s="10"/>
+      <c r="CO41" s="10"/>
+      <c r="CP41" s="10"/>
+      <c r="CQ41" s="10"/>
+      <c r="CR41" s="10"/>
+      <c r="CS41" s="10"/>
+      <c r="CT41" s="10"/>
+      <c r="CU41" s="10"/>
+      <c r="CV41" s="10"/>
+      <c r="CW41" s="10"/>
+      <c r="CX41" s="10"/>
+      <c r="CY41" s="10"/>
+      <c r="CZ41" s="10"/>
+      <c r="DA41" s="10"/>
+      <c r="DB41" s="10"/>
+      <c r="DC41" s="10"/>
+      <c r="DD41" s="10"/>
+      <c r="DE41" s="10"/>
+      <c r="DF41" s="10"/>
+      <c r="DG41" s="10"/>
+      <c r="DH41" s="10"/>
+      <c r="DI41" s="10"/>
+      <c r="DJ41" s="10"/>
+      <c r="DK41" s="10"/>
+      <c r="DL41" s="10"/>
+      <c r="DM41" s="10"/>
+      <c r="DN41" s="10"/>
+      <c r="DO41" s="10"/>
+      <c r="DP41" s="10"/>
+      <c r="DQ41" s="10"/>
+      <c r="DR41" s="10"/>
+      <c r="DS41" s="10"/>
+      <c r="DT41" s="10"/>
+      <c r="DU41" s="10"/>
+      <c r="DV41" s="10"/>
     </row>
-    <row r="42" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="14" t="s">
+    <row r="42" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="13"/>
+      <c r="B42" s="10"/>
+      <c r="C42" s="10"/>
+      <c r="D42" s="10"/>
+      <c r="E42" s="10"/>
+      <c r="F42" s="10"/>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="10"/>
+      <c r="J42" s="10"/>
+      <c r="K42" s="10"/>
+      <c r="L42" s="10"/>
+      <c r="M42" s="10"/>
+      <c r="N42" s="10"/>
+      <c r="O42" s="10"/>
+      <c r="P42" s="10"/>
+      <c r="Q42" s="10"/>
+      <c r="R42" s="10"/>
+      <c r="S42" s="10"/>
+      <c r="T42" s="10"/>
+      <c r="U42" s="10"/>
+      <c r="V42" s="10"/>
+      <c r="W42" s="10"/>
+      <c r="X42" s="10"/>
+      <c r="Y42" s="10"/>
+      <c r="Z42" s="10"/>
+      <c r="AA42" s="10"/>
+      <c r="AB42" s="10"/>
+      <c r="AC42" s="10"/>
+      <c r="AD42" s="10"/>
+      <c r="AE42" s="10"/>
+      <c r="AF42" s="10"/>
+      <c r="AG42" s="10"/>
+      <c r="AH42" s="10"/>
+      <c r="AI42" s="10"/>
+      <c r="AJ42" s="10"/>
+      <c r="AK42" s="10"/>
+      <c r="AL42" s="10"/>
+      <c r="AM42" s="10"/>
+      <c r="AN42" s="10"/>
+      <c r="AO42" s="10"/>
+      <c r="AP42" s="10"/>
+      <c r="AQ42" s="10"/>
+      <c r="AR42" s="10"/>
+      <c r="AS42" s="10"/>
+      <c r="AT42" s="10"/>
+      <c r="AU42" s="10"/>
+      <c r="AV42" s="10"/>
+      <c r="AW42" s="10"/>
+      <c r="AX42" s="10"/>
+      <c r="AY42" s="10"/>
+      <c r="AZ42" s="10"/>
+      <c r="BA42" s="10"/>
+      <c r="BB42" s="10"/>
+      <c r="BC42" s="10"/>
+      <c r="BD42" s="10"/>
+      <c r="BE42" s="10"/>
+      <c r="BF42" s="10"/>
+      <c r="BG42" s="10"/>
+      <c r="BH42" s="10"/>
+      <c r="BI42" s="10"/>
+      <c r="BJ42" s="10"/>
+      <c r="BK42" s="10"/>
+      <c r="BL42" s="10"/>
+      <c r="BM42" s="10"/>
+      <c r="BN42" s="10"/>
+      <c r="BO42" s="10"/>
+      <c r="BP42" s="10"/>
+      <c r="BQ42" s="10"/>
+      <c r="BR42" s="10"/>
+      <c r="BS42" s="10"/>
+      <c r="BT42" s="10"/>
+      <c r="BU42" s="10"/>
+      <c r="BV42" s="10"/>
+      <c r="BW42" s="10"/>
+      <c r="BX42" s="10"/>
+      <c r="BY42" s="10"/>
+      <c r="BZ42" s="10"/>
+      <c r="CA42" s="10"/>
+      <c r="CB42" s="10"/>
+      <c r="CC42" s="10"/>
+      <c r="CD42" s="10"/>
+      <c r="CE42" s="10"/>
+      <c r="CF42" s="10"/>
+      <c r="CG42" s="10"/>
+      <c r="CH42" s="10"/>
+      <c r="CI42" s="10"/>
+      <c r="CJ42" s="10"/>
+      <c r="CK42" s="10"/>
+      <c r="CL42" s="10"/>
+      <c r="CM42" s="10"/>
+      <c r="CN42" s="10"/>
+      <c r="CO42" s="10"/>
+      <c r="CP42" s="10"/>
+      <c r="CQ42" s="10"/>
+      <c r="CR42" s="10"/>
+      <c r="CS42" s="10"/>
+      <c r="CT42" s="10"/>
+      <c r="CU42" s="10"/>
+      <c r="CV42" s="10"/>
+      <c r="CW42" s="10"/>
+      <c r="CX42" s="10"/>
+      <c r="CY42" s="10"/>
+      <c r="CZ42" s="10"/>
+      <c r="DA42" s="10"/>
+      <c r="DB42" s="10"/>
+      <c r="DC42" s="10"/>
+      <c r="DD42" s="10"/>
+      <c r="DE42" s="10"/>
+      <c r="DF42" s="10"/>
+      <c r="DG42" s="10"/>
+      <c r="DH42" s="10"/>
+      <c r="DI42" s="10"/>
+      <c r="DJ42" s="10"/>
+      <c r="DK42" s="10"/>
+      <c r="DL42" s="10"/>
+      <c r="DM42" s="10"/>
+      <c r="DN42" s="10"/>
+      <c r="DO42" s="10"/>
+      <c r="DP42" s="10"/>
+      <c r="DQ42" s="10"/>
+      <c r="DR42" s="10"/>
+      <c r="DS42" s="10"/>
+      <c r="DT42" s="10"/>
+      <c r="DU42" s="10"/>
+      <c r="DV42" s="10"/>
+    </row>
+    <row r="43" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="B43" s="10"/>
+      <c r="C43" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D43" s="9">
+        <v>0.40250945860628917</v>
+      </c>
+      <c r="E43" s="9">
+        <v>0.28184184236749843</v>
+      </c>
+      <c r="F43" s="9">
+        <v>0.41215436456680266</v>
+      </c>
+      <c r="G43" s="9">
+        <v>0.23433323040549681</v>
+      </c>
+      <c r="H43" s="9">
+        <v>0.16737606172337394</v>
+      </c>
+      <c r="I43" s="9">
+        <v>0.6047963498405835</v>
+      </c>
+      <c r="J43" s="9">
+        <v>0.25069692137226696</v>
+      </c>
+      <c r="K43" s="9">
+        <v>0.10896254973171438</v>
+      </c>
+      <c r="L43" s="9">
+        <v>0.61314581236571541</v>
+      </c>
+      <c r="M43" s="9">
+        <v>0.71358004068953562</v>
+      </c>
+      <c r="N43" s="9">
+        <v>0.97219765961999371</v>
+      </c>
+      <c r="O43" s="9">
+        <v>0.97382663852576457</v>
+      </c>
+      <c r="P43" s="9">
+        <v>1.0121962796621773</v>
+      </c>
+      <c r="Q43" s="9">
+        <v>0.91386488275185229</v>
+      </c>
+      <c r="R43" s="9">
+        <v>0.9337980416462841</v>
+      </c>
+      <c r="S43" s="9">
+        <v>0.95429646306692462</v>
+      </c>
+      <c r="T43" s="9">
+        <v>0.72380903804526042</v>
+      </c>
+      <c r="U43" s="9">
+        <v>0.90702181500870438</v>
+      </c>
+      <c r="V43" s="9">
+        <v>1.1205738255642927</v>
+      </c>
+      <c r="W43" s="9">
+        <v>1.0026872418376058</v>
+      </c>
+      <c r="X43" s="9">
+        <v>0.55950020044252824</v>
+      </c>
+      <c r="Y43" s="9">
+        <v>0.70474512221345265</v>
+      </c>
+      <c r="Z43" s="9">
+        <v>0.88357475680902553</v>
+      </c>
+      <c r="AA43" s="9">
+        <v>-0.2282380837344391</v>
+      </c>
+      <c r="AB43" s="9">
+        <v>1.4066941995857434</v>
+      </c>
+      <c r="AC43" s="9">
+        <v>2.1130859179876893E-2</v>
+      </c>
+      <c r="AD43" s="9">
+        <v>0.63864301899047859</v>
+      </c>
+      <c r="AE43" s="9">
+        <v>0.24498107483823617</v>
+      </c>
+      <c r="AF43" s="9">
+        <v>0.61597570627314724</v>
+      </c>
+      <c r="AG43" s="9">
+        <v>0.30081579402954617</v>
+      </c>
+      <c r="AH43" s="9">
+        <v>0.5429174022783485</v>
+      </c>
+      <c r="AI43" s="9">
+        <v>0.56230892233742225</v>
+      </c>
+      <c r="AJ43" s="9">
+        <v>0.58117551526434852</v>
+      </c>
+      <c r="AK43" s="9">
+        <v>0.90865129759573904</v>
+      </c>
+      <c r="AL43" s="9">
+        <v>0.20476261407861784</v>
+      </c>
+      <c r="AM43" s="9">
+        <v>0.78451271442250459</v>
+      </c>
+      <c r="AN43" s="9">
+        <v>0.42897116333035967</v>
+      </c>
+      <c r="AO43" s="9">
+        <v>0.84406804477465869</v>
+      </c>
+      <c r="AP43" s="9">
+        <v>0.67087601515198969</v>
+      </c>
+      <c r="AQ43" s="9">
+        <v>0.53646324101035248</v>
+      </c>
+      <c r="AR43" s="9">
+        <v>1.0180372474026171</v>
+      </c>
+      <c r="AS43" s="9">
+        <v>1.1888966198501123</v>
+      </c>
+      <c r="AT43" s="9">
+        <v>1.0396875353550854</v>
+      </c>
+      <c r="AU43" s="9">
+        <v>1.3533347142073495</v>
+      </c>
+      <c r="AV43" s="9">
+        <v>1.1836520769134893</v>
+      </c>
+      <c r="AW43" s="9">
+        <v>1.2547130431458982</v>
+      </c>
+      <c r="AX43" s="9">
+        <v>1.157950186885401</v>
+      </c>
+      <c r="AY43" s="9">
+        <v>1.6030126453698159</v>
+      </c>
+      <c r="AZ43" s="9">
+        <v>0.83389338267014068</v>
+      </c>
+      <c r="BA43" s="9">
+        <v>1.2499461370844642</v>
+      </c>
+      <c r="BB43" s="9">
+        <v>1.1595578225940244</v>
+      </c>
+      <c r="BC43" s="9">
+        <v>3.4911155496685495</v>
+      </c>
+      <c r="BD43" s="9">
+        <v>-4.7895263420045353E-2</v>
+      </c>
+      <c r="BE43" s="9">
+        <v>0.56973976514804292</v>
+      </c>
+      <c r="BF43" s="9">
+        <v>0.27906344862162769</v>
+      </c>
+      <c r="BG43" s="9">
+        <v>0.57077946850357364</v>
+      </c>
+      <c r="BH43" s="9">
+        <v>-0.78437313561157396</v>
+      </c>
+      <c r="BI43" s="9">
+        <v>-0.14732466096205599</v>
+      </c>
+      <c r="BJ43" s="9">
+        <v>0.50477480032320443</v>
+      </c>
+      <c r="BK43" s="9">
+        <v>0.38610338274574474</v>
+      </c>
+      <c r="BL43" s="9">
+        <v>0.92327756962929186</v>
+      </c>
+      <c r="BM43" s="9">
+        <v>0.87496454251601108</v>
+      </c>
+      <c r="BN43" s="9">
+        <v>0.98964952365065528</v>
+      </c>
+      <c r="BO43" s="9">
+        <v>0.88264627703907195</v>
+      </c>
+      <c r="BP43" s="9">
+        <v>1.1620548906003876</v>
+      </c>
+      <c r="BQ43" s="9">
+        <v>1.0145232696337558</v>
+      </c>
+      <c r="BR43" s="9">
+        <v>0.95408145060780214</v>
+      </c>
+      <c r="BS43" s="9">
+        <v>1.9587507616324729</v>
+      </c>
+      <c r="BT43" s="9">
+        <v>0.15388722924762988</v>
+      </c>
+      <c r="BU43" s="9">
+        <v>0.54699800010436661</v>
+      </c>
+      <c r="BV43" s="9">
+        <v>0.58360720329734761</v>
+      </c>
+      <c r="BW43" s="9">
+        <v>0.85165317548880637</v>
+      </c>
+      <c r="BX43" s="9">
+        <v>0.92162381934059567</v>
+      </c>
+      <c r="BY43" s="9">
+        <v>0.68608140886692581</v>
+      </c>
+      <c r="BZ43" s="9">
+        <v>0.57934366759000966</v>
+      </c>
+      <c r="CA43" s="9">
+        <v>0.31573433857201394</v>
+      </c>
+      <c r="CB43" s="9">
+        <v>1.0131448860008163</v>
+      </c>
+      <c r="CC43" s="9">
+        <v>0.76435613168428063</v>
+      </c>
+      <c r="CD43" s="9">
+        <v>0.93459213625422422</v>
+      </c>
+      <c r="CE43" s="9">
+        <v>0.32553447401599556</v>
+      </c>
+      <c r="CF43" s="9">
+        <v>0.80145967530769724</v>
+      </c>
+      <c r="CG43" s="9">
+        <v>1.0361799893282182</v>
+      </c>
+      <c r="CH43" s="9">
+        <v>1.1809596359943413</v>
+      </c>
+      <c r="CI43" s="9">
+        <v>1.2661416958463576</v>
+      </c>
+      <c r="CJ43" s="9">
+        <v>0.40169941199860659</v>
+      </c>
+      <c r="CK43" s="9">
+        <v>0.87579531026599966</v>
+      </c>
+      <c r="CL43" s="9">
+        <v>0.97493651862193076</v>
+      </c>
+      <c r="CM43" s="9">
+        <v>0.16095905803490496</v>
+      </c>
+      <c r="CN43" s="9">
+        <v>1.3755330199571887</v>
+      </c>
+      <c r="CO43" s="9">
+        <v>1.2608487860816524</v>
+      </c>
+      <c r="CP43" s="9">
+        <v>1.4822314379797206</v>
+      </c>
+      <c r="CQ43" s="9">
+        <v>1.1423513905917133</v>
+      </c>
+      <c r="CR43" s="9">
+        <v>1.5120717816096629</v>
+      </c>
+      <c r="CS43" s="9">
+        <v>1.211293998882752</v>
+      </c>
+      <c r="CT43" s="9">
+        <v>0.23267692411086216</v>
+      </c>
+      <c r="CU43" s="9">
+        <v>1.3875311480551886</v>
+      </c>
+      <c r="CV43" s="9">
+        <v>1.1974670198906807</v>
+      </c>
+      <c r="CW43" s="9">
+        <v>0.68812177133061425</v>
+      </c>
+      <c r="CX43" s="9">
+        <v>1.2137230983003633</v>
+      </c>
+      <c r="CY43" s="9">
+        <v>-1.1308473284292688</v>
+      </c>
+      <c r="CZ43" s="9">
+        <v>-2.8829501633362895</v>
+      </c>
+      <c r="DA43" s="9">
+        <v>2.3994047763552686</v>
+      </c>
+      <c r="DB43" s="9">
+        <v>1.6123874581276993</v>
+      </c>
+      <c r="DC43" s="9">
+        <v>-0.58387612745941908</v>
+      </c>
+      <c r="DD43" s="9">
+        <v>2.9112991066933489</v>
+      </c>
+      <c r="DE43" s="9">
+        <v>1.8554977894448541</v>
+      </c>
+      <c r="DF43" s="9">
+        <v>1.8739503578926815</v>
+      </c>
+      <c r="DG43" s="9">
+        <v>1.992173381164946</v>
+      </c>
+      <c r="DH43" s="9">
+        <v>2.0211052563801957</v>
+      </c>
+      <c r="DI43" s="9">
+        <v>1.5562984395147623</v>
+      </c>
+      <c r="DJ43" s="9">
+        <v>1.571756878875135</v>
+      </c>
+      <c r="DK43" s="9">
+        <v>3.0897696340683751</v>
+      </c>
+      <c r="DL43" s="9">
+        <v>1.5914032181171507</v>
+      </c>
+      <c r="DM43" s="9">
+        <v>1.3766049102921016</v>
+      </c>
+      <c r="DN43" s="9">
+        <v>1.3903004673124713</v>
+      </c>
+      <c r="DO43" s="9">
+        <v>3.0205349986817538</v>
+      </c>
+      <c r="DP43" s="9">
+        <v>1.5008721263824754</v>
+      </c>
+      <c r="DQ43" s="9">
+        <v>1.2069299258779864</v>
+      </c>
+      <c r="DR43" s="9">
+        <v>1.3193301259366166</v>
+      </c>
+      <c r="DS43" s="9">
+        <v>0.58214167896768743</v>
+      </c>
+      <c r="DT43" s="9">
+        <v>0.74269491473329197</v>
+      </c>
+      <c r="DU43" s="9">
+        <v>0.88879048532571403</v>
+      </c>
+      <c r="DV43" s="9">
+        <v>1.127788030623833</v>
+      </c>
+    </row>
+    <row r="44" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B44" s="10"/>
+      <c r="C44" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D44" s="9">
+        <v>3.6311428863460975</v>
+      </c>
+      <c r="E44" s="9">
+        <v>2.3734757491314724</v>
+      </c>
+      <c r="F44" s="9">
+        <v>0.60789093710246789</v>
+      </c>
+      <c r="G44" s="9">
+        <v>-0.90880262178846749</v>
+      </c>
+      <c r="H44" s="9">
+        <v>1.7639639745489148</v>
+      </c>
+      <c r="I44" s="9">
+        <v>0.96549702913910096</v>
+      </c>
+      <c r="J44" s="9">
+        <v>0.17319013955447815</v>
+      </c>
+      <c r="K44" s="9">
+        <v>1.8709607637880339</v>
+      </c>
+      <c r="L44" s="9">
+        <v>-0.129290343404449</v>
+      </c>
+      <c r="M44" s="9">
+        <v>2.7078357617189113</v>
+      </c>
+      <c r="N44" s="9">
+        <v>2.2512668421172748</v>
+      </c>
+      <c r="O44" s="9">
+        <v>1.0259870563663611</v>
+      </c>
+      <c r="P44" s="9">
+        <v>1.1984828691407898</v>
+      </c>
+      <c r="Q44" s="9">
+        <v>7.4621709859727048E-2</v>
+      </c>
+      <c r="R44" s="9">
+        <v>-0.67864319299295062</v>
+      </c>
+      <c r="S44" s="9">
+        <v>5.4494961133317901</v>
+      </c>
+      <c r="T44" s="9">
+        <v>-1.1205836276947139</v>
+      </c>
+      <c r="U44" s="9">
+        <v>-0.59887151592471355</v>
+      </c>
+      <c r="V44" s="9">
+        <v>-2.840497871093433</v>
+      </c>
+      <c r="W44" s="9">
+        <v>9.9264735075151691</v>
+      </c>
+      <c r="X44" s="9">
+        <v>-0.19213285020954629</v>
+      </c>
+      <c r="Y44" s="9">
+        <v>0.70718281754551526</v>
+      </c>
+      <c r="Z44" s="9">
+        <v>1.4259061492343506</v>
+      </c>
+      <c r="AA44" s="9">
+        <v>3.4331820199115555</v>
+      </c>
+      <c r="AB44" s="9">
+        <v>-0.16741635491250406</v>
+      </c>
+      <c r="AC44" s="9">
+        <v>0.10882134617533268</v>
+      </c>
+      <c r="AD44" s="9">
+        <v>-1.30984141047783</v>
+      </c>
+      <c r="AE44" s="9">
+        <v>2.9474790963220983</v>
+      </c>
+      <c r="AF44" s="9">
+        <v>0.68300610927587968</v>
+      </c>
+      <c r="AG44" s="9">
+        <v>1.0427748986367789</v>
+      </c>
+      <c r="AH44" s="9">
+        <v>-0.93098327498417177</v>
+      </c>
+      <c r="AI44" s="9">
+        <v>3.9788412071096531</v>
+      </c>
+      <c r="AJ44" s="9">
+        <v>-0.4871644726401172</v>
+      </c>
+      <c r="AK44" s="9">
+        <v>0.43315878910664196</v>
+      </c>
+      <c r="AL44" s="9">
+        <v>-0.41678319738358027</v>
+      </c>
+      <c r="AM44" s="9">
+        <v>4.8685030553653093</v>
+      </c>
+      <c r="AN44" s="9">
+        <v>0.69358005008550094</v>
+      </c>
+      <c r="AO44" s="9">
+        <v>1.986219488605272</v>
+      </c>
+      <c r="AP44" s="9">
+        <v>-0.50530030535466608</v>
+      </c>
+      <c r="AQ44" s="9">
+        <v>3.37966053585059</v>
+      </c>
+      <c r="AR44" s="9">
+        <v>2.1055160957259318</v>
+      </c>
+      <c r="AS44" s="9">
+        <v>3.2812960434760612</v>
+      </c>
+      <c r="AT44" s="9">
+        <v>-1.0845210810767298</v>
+      </c>
+      <c r="AU44" s="9">
+        <v>5.6064454554099967</v>
+      </c>
+      <c r="AV44" s="9">
+        <v>-0.48482305963145222</v>
+      </c>
+      <c r="AW44" s="9">
+        <v>1.0986340857368049</v>
+      </c>
+      <c r="AX44" s="9">
+        <v>0.37086591169392591</v>
+      </c>
+      <c r="AY44" s="9">
+        <v>4.7366636959935988</v>
+      </c>
+      <c r="AZ44" s="9">
+        <v>0.29072264761505551</v>
+      </c>
+      <c r="BA44" s="9">
+        <v>1.6980809728923845</v>
+      </c>
+      <c r="BB44" s="9">
+        <v>0.86116347631171664</v>
+      </c>
+      <c r="BC44" s="9">
+        <v>-0.144818156223252</v>
+      </c>
+      <c r="BD44" s="9">
+        <v>2.4205342731651029</v>
+      </c>
+      <c r="BE44" s="9">
+        <v>-1.0240286980436224</v>
+      </c>
+      <c r="BF44" s="9">
+        <v>-8.1406473408278401</v>
+      </c>
+      <c r="BG44" s="9">
+        <v>-1.5987505701202736</v>
+      </c>
+      <c r="BH44" s="9">
+        <v>2.9159590197439513</v>
+      </c>
+      <c r="BI44" s="9">
+        <v>1.2814262119452309</v>
+      </c>
+      <c r="BJ44" s="9">
+        <v>-1.1618740636429408</v>
+      </c>
+      <c r="BK44" s="9">
+        <v>-0.64439453178562189</v>
+      </c>
+      <c r="BL44" s="9">
+        <v>3.6140284061202834</v>
+      </c>
+      <c r="BM44" s="9">
+        <v>1.0840047914892494</v>
+      </c>
+      <c r="BN44" s="9">
+        <v>-0.11276923475800515</v>
+      </c>
+      <c r="BO44" s="9">
+        <v>5.7331525806217201</v>
+      </c>
+      <c r="BP44" s="9">
+        <v>-1.2156073160694945</v>
+      </c>
+      <c r="BQ44" s="9">
+        <v>1.0412164509305768</v>
+      </c>
+      <c r="BR44" s="9">
+        <v>-4.2808350315361281</v>
+      </c>
+      <c r="BS44" s="9">
+        <v>4.0387203976900707</v>
+      </c>
+      <c r="BT44" s="9">
+        <v>-7.6152594903362569E-2</v>
+      </c>
+      <c r="BU44" s="9">
+        <v>1.2314576370797425</v>
+      </c>
+      <c r="BV44" s="9">
+        <v>-1.7013418417704855</v>
+      </c>
+      <c r="BW44" s="9">
+        <v>-0.57423146110527057</v>
+      </c>
+      <c r="BX44" s="9">
+        <v>0.91844636621533482</v>
+      </c>
+      <c r="BY44" s="9">
+        <v>0.90803217830681149</v>
+      </c>
+      <c r="BZ44" s="9">
+        <v>-1.2611628765025813</v>
+      </c>
+      <c r="CA44" s="9">
+        <v>2.1077979493782095</v>
+      </c>
+      <c r="CB44" s="9">
+        <v>0.79288926351360089</v>
+      </c>
+      <c r="CC44" s="9">
+        <v>2.3168381770516362</v>
+      </c>
+      <c r="CD44" s="9">
+        <v>-0.90176312235658429</v>
+      </c>
+      <c r="CE44" s="9">
+        <v>1.7833855977315949</v>
+      </c>
+      <c r="CF44" s="9">
+        <v>0.49108062506257966</v>
+      </c>
+      <c r="CG44" s="9">
+        <v>1.9781344027987871</v>
+      </c>
+      <c r="CH44" s="9">
+        <v>-1.1610233721295486</v>
+      </c>
+      <c r="CI44" s="9">
+        <v>6.0266714297459316</v>
+      </c>
+      <c r="CJ44" s="9">
+        <v>-1.6040051864757174</v>
+      </c>
+      <c r="CK44" s="9">
+        <v>0.33015453209233669</v>
+      </c>
+      <c r="CL44" s="9">
+        <v>-1.4644004839348952</v>
+      </c>
+      <c r="CM44" s="9">
+        <v>3.9047939780173095</v>
+      </c>
+      <c r="CN44" s="9">
+        <v>0.54319804810072014</v>
+      </c>
+      <c r="CO44" s="9">
+        <v>2.5213533103070915</v>
+      </c>
+      <c r="CP44" s="9">
+        <v>-1.8768512961603818</v>
+      </c>
+      <c r="CQ44" s="9">
+        <v>4.4432770276975191</v>
+      </c>
+      <c r="CR44" s="9">
+        <v>-2.7082812782081049</v>
+      </c>
+      <c r="CS44" s="9">
+        <v>2.5402389369463663</v>
+      </c>
+      <c r="CT44" s="9">
+        <v>2.3238290137331177</v>
+      </c>
+      <c r="CU44" s="9">
+        <v>0.93068294427416731</v>
+      </c>
+      <c r="CV44" s="9">
+        <v>-2.7553086766405244</v>
+      </c>
+      <c r="CW44" s="9">
+        <v>3.2865978182616402</v>
+      </c>
+      <c r="CX44" s="9">
+        <v>-2.5655157747626021</v>
+      </c>
+      <c r="CY44" s="9">
+        <v>2.5467214825251716</v>
+      </c>
+      <c r="CZ44" s="9">
+        <v>-8.7823784414978974</v>
+      </c>
+      <c r="DA44" s="9">
+        <v>12.342250065982725</v>
+      </c>
+      <c r="DB44" s="9">
+        <v>0.68210670612525348</v>
+      </c>
+      <c r="DC44" s="9">
+        <v>2.1329668584590706</v>
+      </c>
+      <c r="DD44" s="9">
+        <v>2.9943421862716093</v>
+      </c>
+      <c r="DE44" s="9">
+        <v>-1.2554114598317625</v>
+      </c>
+      <c r="DF44" s="9">
+        <v>-1.1425819210543722</v>
+      </c>
+      <c r="DG44" s="9">
+        <v>11.211900269757891</v>
+      </c>
+      <c r="DH44" s="9">
+        <v>-3.0482580911319985</v>
+      </c>
+      <c r="DI44" s="9">
+        <v>3.6531565170999158</v>
+      </c>
+      <c r="DJ44" s="9">
+        <v>-1.5900254899751047</v>
+      </c>
+      <c r="DK44" s="9">
+        <v>7.3864466880206265</v>
+      </c>
+      <c r="DL44" s="9">
+        <v>-3.2189595817770424</v>
+      </c>
+      <c r="DM44" s="9">
+        <v>-0.648558421999752</v>
+      </c>
+      <c r="DN44" s="9">
+        <v>-2.3106812901593798</v>
+      </c>
+      <c r="DO44" s="9">
+        <v>1.7628873755343193</v>
+      </c>
+      <c r="DP44" s="9">
+        <v>-1.565425339833709</v>
+      </c>
+      <c r="DQ44" s="9">
+        <v>0.11547193163188751</v>
+      </c>
+      <c r="DR44" s="9">
+        <v>-1.7413926925851513</v>
+      </c>
+      <c r="DS44" s="9">
+        <v>3.2029859692799931</v>
+      </c>
+      <c r="DT44" s="9">
+        <v>-0.23801536803827616</v>
+      </c>
+      <c r="DU44" s="9">
+        <v>1.944501252089978</v>
+      </c>
+      <c r="DV44" s="9">
+        <v>0.57931349114741693</v>
+      </c>
+    </row>
+    <row r="45" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B45" s="10"/>
+      <c r="C45" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D45" s="9">
+        <v>0.14012726815886367</v>
+      </c>
+      <c r="E45" s="9">
+        <v>5.6589545322793811E-2</v>
+      </c>
+      <c r="F45" s="9">
+        <v>0.48994669397906421</v>
+      </c>
+      <c r="G45" s="9">
+        <v>8.9537272693276151</v>
+      </c>
+      <c r="H45" s="9">
+        <v>3.5579999133531715E-2</v>
+      </c>
+      <c r="I45" s="9">
+        <v>-4.2813559088116904E-2</v>
+      </c>
+      <c r="J45" s="9">
+        <v>0.50980807111409376</v>
+      </c>
+      <c r="K45" s="9">
+        <v>7.1884426430036683</v>
+      </c>
+      <c r="L45" s="9">
+        <v>-0.26752909710872075</v>
+      </c>
+      <c r="M45" s="9">
+        <v>-0.52260191050976346</v>
+      </c>
+      <c r="N45" s="9">
+        <v>-0.19293444753392919</v>
+      </c>
+      <c r="O45" s="9">
+        <v>2.5460899528961107</v>
+      </c>
+      <c r="P45" s="9">
+        <v>1.0535351989076958E-2</v>
+      </c>
+      <c r="Q45" s="9">
+        <v>-0.6577381615045681</v>
+      </c>
+      <c r="R45" s="9">
+        <v>1.4238441781296132</v>
+      </c>
+      <c r="S45" s="9">
+        <v>0.21745218265130006</v>
+      </c>
+      <c r="T45" s="9">
+        <v>0.53362646200073982</v>
+      </c>
+      <c r="U45" s="9">
+        <v>9.511090357240775</v>
+      </c>
+      <c r="V45" s="9">
+        <v>0.57278635264168543</v>
+      </c>
+      <c r="W45" s="9">
+        <v>-7.7216704183028355</v>
+      </c>
+      <c r="X45" s="9">
+        <v>2.0344100317008582</v>
+      </c>
+      <c r="Y45" s="9">
+        <v>10.530834297036293</v>
+      </c>
+      <c r="Z45" s="9">
+        <v>-4.4623493218733046</v>
+      </c>
+      <c r="AA45" s="9">
+        <v>-1.7822135103416485</v>
+      </c>
+      <c r="AB45" s="9">
+        <v>0.65462249938308048</v>
+      </c>
+      <c r="AC45" s="9">
+        <v>4.0667662435389218</v>
+      </c>
+      <c r="AD45" s="9">
+        <v>3.213644313252729</v>
+      </c>
+      <c r="AE45" s="9">
+        <v>-4.2951306876062034</v>
+      </c>
+      <c r="AF45" s="9">
+        <v>5.6773978177089504</v>
+      </c>
+      <c r="AG45" s="9">
+        <v>-0.43826446968454036</v>
+      </c>
+      <c r="AH45" s="9">
+        <v>2.5830652946547303</v>
+      </c>
+      <c r="AI45" s="9">
+        <v>-6.4172865202955478</v>
+      </c>
+      <c r="AJ45" s="9">
+        <v>3.9260267487283755</v>
+      </c>
+      <c r="AK45" s="9">
+        <v>-3.807664369746476</v>
+      </c>
+      <c r="AL45" s="9">
+        <v>8.0075868180538947</v>
+      </c>
+      <c r="AM45" s="9">
+        <v>-6.4375683034400026</v>
+      </c>
+      <c r="AN45" s="9">
+        <v>3.0008213616899297</v>
+      </c>
+      <c r="AO45" s="9">
+        <v>3.0417509853590161</v>
+      </c>
+      <c r="AP45" s="9">
+        <v>9.1065608749998859</v>
+      </c>
+      <c r="AQ45" s="9">
+        <v>-8.3207985012539609</v>
+      </c>
+      <c r="AR45" s="9">
+        <v>3.9492814531136418</v>
+      </c>
+      <c r="AS45" s="9">
+        <v>0.37608298353042358</v>
+      </c>
+      <c r="AT45" s="9">
+        <v>5.5775637289775375</v>
+      </c>
+      <c r="AU45" s="9">
+        <v>-7.625162573966108</v>
+      </c>
+      <c r="AV45" s="9">
+        <v>5.8890858878550603</v>
+      </c>
+      <c r="AW45" s="9">
+        <v>-1.3516436655986865</v>
+      </c>
+      <c r="AX45" s="9">
+        <v>5.6842340359575303</v>
+      </c>
+      <c r="AY45" s="9">
+        <v>-2.486352692044548</v>
+      </c>
+      <c r="AZ45" s="9">
+        <v>5.5305202484954918</v>
+      </c>
+      <c r="BA45" s="9">
+        <v>-1.0935680781773272</v>
+      </c>
+      <c r="BB45" s="9">
+        <v>3.4397660497939455</v>
+      </c>
+      <c r="BC45" s="9">
+        <v>-3.3419671376183544</v>
+      </c>
+      <c r="BD45" s="9">
+        <v>4.4062802495737259</v>
+      </c>
+      <c r="BE45" s="9">
+        <v>-0.45364713626067044</v>
+      </c>
+      <c r="BF45" s="9">
+        <v>3.682321702414356</v>
+      </c>
+      <c r="BG45" s="9">
+        <v>-6.0106537668085451</v>
+      </c>
+      <c r="BH45" s="9">
+        <v>1.5943593938851421</v>
+      </c>
+      <c r="BI45" s="9">
+        <v>1.461995489052839</v>
+      </c>
+      <c r="BJ45" s="9">
+        <v>5.1015623793288825</v>
+      </c>
+      <c r="BK45" s="9">
+        <v>-2.9792884412275669</v>
+      </c>
+      <c r="BL45" s="9">
+        <v>1.0166306231393065</v>
+      </c>
+      <c r="BM45" s="9">
+        <v>9.9996793167875353E-2</v>
+      </c>
+      <c r="BN45" s="9">
+        <v>6.2834198589445123</v>
+      </c>
+      <c r="BO45" s="9">
+        <v>0.10283633722769991</v>
+      </c>
+      <c r="BP45" s="9">
+        <v>-1.4591598753313377</v>
+      </c>
+      <c r="BQ45" s="9">
+        <v>1.6187351314540024</v>
+      </c>
+      <c r="BR45" s="9">
+        <v>6.0667847605705276</v>
+      </c>
+      <c r="BS45" s="9">
+        <v>-6.1044005323731767</v>
+      </c>
+      <c r="BT45" s="9">
+        <v>4.8731699463190807</v>
+      </c>
+      <c r="BU45" s="9">
+        <v>1.3089102871269205</v>
+      </c>
+      <c r="BV45" s="9">
+        <v>3.6347693963782319</v>
+      </c>
+      <c r="BW45" s="9">
+        <v>-5.8806100616144619</v>
+      </c>
+      <c r="BX45" s="9">
+        <v>1.8349082766819294</v>
+      </c>
+      <c r="BY45" s="9">
+        <v>1.263059770722748</v>
+      </c>
+      <c r="BZ45" s="9">
+        <v>4.4098204428371588</v>
+      </c>
+      <c r="CA45" s="9">
+        <v>-8.0960479057598889</v>
+      </c>
+      <c r="CB45" s="9">
+        <v>8.1941728669307992</v>
+      </c>
+      <c r="CC45" s="9">
+        <v>-2.8334736125564746</v>
+      </c>
+      <c r="CD45" s="9">
+        <v>5.9203242998450207</v>
+      </c>
+      <c r="CE45" s="9">
+        <v>-5.5973506582687236</v>
+      </c>
+      <c r="CF45" s="9">
+        <v>6.6245635167675943</v>
+      </c>
+      <c r="CG45" s="9">
+        <v>-1.5570797060251493</v>
+      </c>
+      <c r="CH45" s="9">
+        <v>7.708889016085152</v>
+      </c>
+      <c r="CI45" s="9">
+        <v>-5.9465701412959504</v>
+      </c>
+      <c r="CJ45" s="9">
+        <v>0.91879799527742989</v>
+      </c>
+      <c r="CK45" s="9">
+        <v>0.64044386090948535</v>
+      </c>
+      <c r="CL45" s="9">
+        <v>3.9434723111841947</v>
+      </c>
+      <c r="CM45" s="9">
+        <v>-4.3819416180117798</v>
+      </c>
+      <c r="CN45" s="9">
+        <v>5.3497137071314711</v>
+      </c>
+      <c r="CO45" s="9">
+        <v>-3.5481933161599244</v>
+      </c>
+      <c r="CP45" s="9">
+        <v>3.8426996906857624</v>
+      </c>
+      <c r="CQ45" s="9">
+        <v>-5.4036550368699494</v>
+      </c>
+      <c r="CR45" s="9">
+        <v>7.5394202899148297</v>
+      </c>
+      <c r="CS45" s="9">
+        <v>-3.1584138494280296</v>
+      </c>
+      <c r="CT45" s="9">
+        <v>2.0111730208707712</v>
+      </c>
+      <c r="CU45" s="9">
+        <v>-1.1264556406016339</v>
+      </c>
+      <c r="CV45" s="9">
+        <v>5.3171093352689809</v>
+      </c>
+      <c r="CW45" s="9">
+        <v>-3.7981006210453785</v>
+      </c>
+      <c r="CX45" s="9">
+        <v>1.2429389341032078</v>
+      </c>
+      <c r="CY45" s="9">
+        <v>-8.5348495193136102</v>
+      </c>
+      <c r="CZ45" s="9">
+        <v>-59.59183859993847</v>
+      </c>
+      <c r="DA45" s="9">
+        <v>108.02312984565603</v>
+      </c>
+      <c r="DB45" s="9">
+        <v>-22.925974351776119</v>
+      </c>
+      <c r="DC45" s="9">
+        <v>-21.698691817665434</v>
+      </c>
+      <c r="DD45" s="9">
+        <v>40.449608551283802</v>
+      </c>
+      <c r="DE45" s="9">
+        <v>45.379571995988414</v>
+      </c>
+      <c r="DF45" s="9">
+        <v>7.209957660977679</v>
+      </c>
+      <c r="DG45" s="9">
+        <v>-22.920047178303037</v>
+      </c>
+      <c r="DH45" s="9">
+        <v>40.68550543891368</v>
+      </c>
+      <c r="DI45" s="9">
+        <v>-5.039977066523079</v>
+      </c>
+      <c r="DJ45" s="9">
+        <v>7.7629117949766169</v>
+      </c>
+      <c r="DK45" s="9">
+        <v>-5.5046887548581935</v>
+      </c>
+      <c r="DL45" s="9">
+        <v>4.8193553083943499</v>
+      </c>
+      <c r="DM45" s="9">
+        <v>-2.136967107671083</v>
+      </c>
+      <c r="DN45" s="9">
+        <v>8.0236279280511411</v>
+      </c>
+      <c r="DO45" s="9">
+        <v>-5.0240259085864807</v>
+      </c>
+      <c r="DP45" s="9">
+        <v>4.9149892555823413</v>
+      </c>
+      <c r="DQ45" s="9">
+        <v>-7.0734868311419064E-2</v>
+      </c>
+      <c r="DR45" s="9">
+        <v>5.1077963458644433</v>
+      </c>
+      <c r="DS45" s="9">
+        <v>-2.051532845577853</v>
+      </c>
+      <c r="DT45" s="9">
+        <v>5.1165139957632988</v>
+      </c>
+      <c r="DU45" s="9">
+        <v>0.92123245910822504</v>
+      </c>
+      <c r="DV45" s="9">
+        <v>-0.74316507452945757</v>
+      </c>
+    </row>
+    <row r="46" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="10"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="10"/>
+      <c r="D46" s="10"/>
+      <c r="E46" s="10"/>
+      <c r="F46" s="10"/>
+      <c r="G46" s="10"/>
+      <c r="H46" s="10"/>
+      <c r="I46" s="10"/>
+      <c r="J46" s="10"/>
+      <c r="K46" s="10"/>
+      <c r="L46" s="10"/>
+      <c r="M46" s="10"/>
+      <c r="N46" s="10"/>
+      <c r="O46" s="10"/>
+      <c r="P46" s="10"/>
+      <c r="Q46" s="10"/>
+      <c r="R46" s="10"/>
+      <c r="S46" s="10"/>
+      <c r="T46" s="10"/>
+      <c r="U46" s="10"/>
+      <c r="V46" s="10"/>
+      <c r="W46" s="10"/>
+      <c r="X46" s="10"/>
+      <c r="Y46" s="10"/>
+      <c r="Z46" s="10"/>
+      <c r="AA46" s="10"/>
+      <c r="AB46" s="10"/>
+      <c r="AC46" s="10"/>
+      <c r="AD46" s="10"/>
+      <c r="AE46" s="10"/>
+      <c r="AF46" s="10"/>
+      <c r="AG46" s="10"/>
+      <c r="AH46" s="10"/>
+      <c r="AI46" s="10"/>
+      <c r="AJ46" s="10"/>
+      <c r="AK46" s="10"/>
+      <c r="AL46" s="10"/>
+      <c r="AM46" s="10"/>
+      <c r="AN46" s="10"/>
+      <c r="AO46" s="10"/>
+      <c r="AP46" s="10"/>
+      <c r="AQ46" s="10"/>
+      <c r="AR46" s="10"/>
+      <c r="AS46" s="10"/>
+      <c r="AT46" s="10"/>
+      <c r="AU46" s="10"/>
+      <c r="AV46" s="10"/>
+      <c r="AW46" s="10"/>
+      <c r="AX46" s="10"/>
+      <c r="AY46" s="10"/>
+      <c r="AZ46" s="10"/>
+      <c r="BA46" s="10"/>
+      <c r="BB46" s="10"/>
+      <c r="BC46" s="10"/>
+      <c r="BD46" s="10"/>
+      <c r="BE46" s="10"/>
+      <c r="BF46" s="10"/>
+      <c r="BG46" s="10"/>
+      <c r="BH46" s="10"/>
+      <c r="BI46" s="10"/>
+      <c r="BJ46" s="10"/>
+      <c r="BK46" s="10"/>
+      <c r="BL46" s="10"/>
+      <c r="BM46" s="10"/>
+      <c r="BN46" s="10"/>
+      <c r="BO46" s="10"/>
+      <c r="BP46" s="10"/>
+      <c r="BQ46" s="10"/>
+      <c r="BR46" s="10"/>
+      <c r="BS46" s="10"/>
+      <c r="BT46" s="10"/>
+      <c r="BU46" s="10"/>
+      <c r="BV46" s="10"/>
+      <c r="BW46" s="10"/>
+      <c r="BX46" s="10"/>
+      <c r="BY46" s="10"/>
+      <c r="BZ46" s="10"/>
+      <c r="CA46" s="10"/>
+      <c r="CB46" s="10"/>
+      <c r="CC46" s="10"/>
+      <c r="CD46" s="10"/>
+      <c r="CE46" s="10"/>
+      <c r="CF46" s="10"/>
+      <c r="CG46" s="10"/>
+      <c r="CH46" s="10"/>
+      <c r="CI46" s="10"/>
+      <c r="CJ46" s="10"/>
+      <c r="CK46" s="10"/>
+      <c r="CL46" s="10"/>
+      <c r="CM46" s="10"/>
+      <c r="CN46" s="10"/>
+      <c r="CO46" s="10"/>
+      <c r="CP46" s="10"/>
+      <c r="CQ46" s="10"/>
+      <c r="CR46" s="10"/>
+      <c r="CS46" s="10"/>
+      <c r="CT46" s="10"/>
+      <c r="CU46" s="10"/>
+      <c r="CV46" s="10"/>
+      <c r="CW46" s="10"/>
+      <c r="CX46" s="10"/>
+      <c r="CY46" s="10"/>
+      <c r="CZ46" s="10"/>
+      <c r="DA46" s="10"/>
+      <c r="DB46" s="10"/>
+      <c r="DC46" s="10"/>
+      <c r="DD46" s="10"/>
+      <c r="DE46" s="10"/>
+      <c r="DF46" s="10"/>
+      <c r="DG46" s="10"/>
+      <c r="DH46" s="10"/>
+      <c r="DI46" s="10"/>
+      <c r="DJ46" s="10"/>
+      <c r="DK46" s="10"/>
+      <c r="DL46" s="10"/>
+      <c r="DM46" s="10"/>
+      <c r="DN46" s="10"/>
+      <c r="DO46" s="10"/>
+      <c r="DP46" s="10"/>
+      <c r="DQ46" s="10"/>
+      <c r="DR46" s="10"/>
+      <c r="DS46" s="10"/>
+      <c r="DT46" s="10"/>
+      <c r="DU46" s="10"/>
+      <c r="DV46" s="10"/>
+    </row>
+    <row r="47" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="10"/>
+      <c r="B47" s="10"/>
+      <c r="C47" s="10"/>
+      <c r="D47" s="10"/>
+      <c r="E47" s="10"/>
+      <c r="F47" s="10"/>
+      <c r="G47" s="10"/>
+      <c r="H47" s="10"/>
+      <c r="I47" s="10"/>
+      <c r="J47" s="10"/>
+      <c r="K47" s="10"/>
+      <c r="L47" s="10"/>
+      <c r="M47" s="10"/>
+      <c r="N47" s="10"/>
+      <c r="O47" s="10"/>
+      <c r="P47" s="10"/>
+      <c r="Q47" s="10"/>
+      <c r="R47" s="10"/>
+      <c r="S47" s="10"/>
+      <c r="T47" s="10"/>
+      <c r="U47" s="10"/>
+      <c r="V47" s="10"/>
+      <c r="W47" s="10"/>
+      <c r="X47" s="10"/>
+      <c r="Y47" s="10"/>
+      <c r="Z47" s="10"/>
+      <c r="AA47" s="10"/>
+      <c r="AB47" s="10"/>
+      <c r="AC47" s="10"/>
+      <c r="AD47" s="10"/>
+      <c r="AE47" s="10"/>
+      <c r="AF47" s="10"/>
+      <c r="AG47" s="10"/>
+      <c r="AH47" s="10"/>
+      <c r="AI47" s="10"/>
+      <c r="AJ47" s="10"/>
+      <c r="AK47" s="10"/>
+      <c r="AL47" s="10"/>
+      <c r="AM47" s="10"/>
+      <c r="AN47" s="10"/>
+      <c r="AO47" s="10"/>
+      <c r="AP47" s="10"/>
+      <c r="AQ47" s="10"/>
+      <c r="AR47" s="10"/>
+      <c r="AS47" s="10"/>
+      <c r="AT47" s="10"/>
+      <c r="AU47" s="10"/>
+      <c r="AV47" s="10"/>
+      <c r="AW47" s="10"/>
+      <c r="AX47" s="10"/>
+      <c r="AY47" s="10"/>
+      <c r="AZ47" s="10"/>
+      <c r="BA47" s="10"/>
+      <c r="BB47" s="10"/>
+      <c r="BC47" s="10"/>
+      <c r="BD47" s="10"/>
+      <c r="BE47" s="10"/>
+      <c r="BF47" s="10"/>
+      <c r="BG47" s="10"/>
+      <c r="BH47" s="10"/>
+      <c r="BI47" s="10"/>
+      <c r="BJ47" s="10"/>
+      <c r="BK47" s="10"/>
+      <c r="BL47" s="10"/>
+      <c r="BM47" s="10"/>
+      <c r="BN47" s="10"/>
+      <c r="BO47" s="10"/>
+      <c r="BP47" s="10"/>
+      <c r="BQ47" s="10"/>
+      <c r="BR47" s="10"/>
+      <c r="BS47" s="10"/>
+      <c r="BT47" s="10"/>
+      <c r="BU47" s="10"/>
+      <c r="BV47" s="10"/>
+      <c r="BW47" s="10"/>
+      <c r="BX47" s="10"/>
+      <c r="BY47" s="10"/>
+      <c r="BZ47" s="10"/>
+      <c r="CA47" s="10"/>
+      <c r="CB47" s="10"/>
+      <c r="CC47" s="10"/>
+      <c r="CD47" s="10"/>
+      <c r="CE47" s="10"/>
+      <c r="CF47" s="10"/>
+      <c r="CG47" s="10"/>
+      <c r="CH47" s="10"/>
+      <c r="CI47" s="10"/>
+      <c r="CJ47" s="10"/>
+      <c r="CK47" s="10"/>
+      <c r="CL47" s="10"/>
+      <c r="CM47" s="10"/>
+      <c r="CN47" s="10"/>
+      <c r="CO47" s="10"/>
+      <c r="CP47" s="10"/>
+      <c r="CQ47" s="10"/>
+      <c r="CR47" s="10"/>
+      <c r="CS47" s="10"/>
+      <c r="CT47" s="10"/>
+      <c r="CU47" s="10"/>
+      <c r="CV47" s="10"/>
+      <c r="CW47" s="10"/>
+      <c r="CX47" s="10"/>
+      <c r="CY47" s="10"/>
+      <c r="CZ47" s="10"/>
+      <c r="DA47" s="10"/>
+      <c r="DB47" s="10"/>
+      <c r="DC47" s="10"/>
+      <c r="DD47" s="10"/>
+      <c r="DE47" s="10"/>
+      <c r="DF47" s="10"/>
+      <c r="DG47" s="10"/>
+      <c r="DH47" s="10"/>
+      <c r="DI47" s="10"/>
+      <c r="DJ47" s="10"/>
+      <c r="DK47" s="10"/>
+      <c r="DL47" s="10"/>
+      <c r="DM47" s="10"/>
+      <c r="DN47" s="10"/>
+      <c r="DO47" s="10"/>
+      <c r="DP47" s="10"/>
+      <c r="DQ47" s="10"/>
+      <c r="DR47" s="10"/>
+      <c r="DS47" s="10"/>
+      <c r="DT47" s="10"/>
+      <c r="DU47" s="10"/>
+      <c r="DV47" s="10"/>
+    </row>
+    <row r="48" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B48" s="13"/>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="E48" s="13"/>
+      <c r="F48" s="13"/>
+      <c r="G48" s="13"/>
+      <c r="H48" s="13"/>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="13"/>
+      <c r="L48" s="13"/>
+      <c r="M48" s="13"/>
+      <c r="N48" s="13"/>
+      <c r="O48" s="13"/>
+      <c r="P48" s="13"/>
+      <c r="Q48" s="13"/>
+      <c r="R48" s="13"/>
+      <c r="S48" s="13"/>
+      <c r="T48" s="13"/>
+      <c r="U48" s="13"/>
+      <c r="V48" s="13"/>
+      <c r="W48" s="13"/>
+      <c r="X48" s="13"/>
+      <c r="Y48" s="13"/>
+      <c r="Z48" s="13"/>
+      <c r="AA48" s="13"/>
+      <c r="AB48" s="13"/>
+      <c r="AC48" s="13"/>
+      <c r="AD48" s="13"/>
+      <c r="AE48" s="13"/>
+      <c r="AF48" s="13"/>
+      <c r="AG48" s="13"/>
+      <c r="AH48" s="13"/>
+      <c r="AI48" s="13"/>
+      <c r="AJ48" s="13"/>
+      <c r="AK48" s="13"/>
+      <c r="AL48" s="13"/>
+      <c r="AM48" s="13"/>
+      <c r="AN48" s="13"/>
+      <c r="AO48" s="13"/>
+      <c r="AP48" s="13"/>
+      <c r="AQ48" s="13"/>
+      <c r="AR48" s="13"/>
+      <c r="AS48" s="13"/>
+      <c r="AT48" s="13"/>
+      <c r="AU48" s="13"/>
+      <c r="AV48" s="13"/>
+      <c r="AW48" s="13"/>
+      <c r="AX48" s="13"/>
+      <c r="AY48" s="13"/>
+      <c r="AZ48" s="13"/>
+      <c r="BA48" s="13"/>
+      <c r="BB48" s="13"/>
+      <c r="BC48" s="13"/>
+      <c r="BD48" s="13"/>
+      <c r="BE48" s="13"/>
+      <c r="BF48" s="13"/>
+      <c r="BG48" s="13"/>
+      <c r="BH48" s="13"/>
+      <c r="BI48" s="13"/>
+      <c r="BJ48" s="13"/>
+      <c r="BK48" s="13"/>
+      <c r="BL48" s="13"/>
+      <c r="BM48" s="13"/>
+      <c r="BN48" s="13"/>
+      <c r="BO48" s="13"/>
+      <c r="BP48" s="13"/>
+      <c r="BQ48" s="13"/>
+      <c r="BR48" s="13"/>
+      <c r="BS48" s="13"/>
+      <c r="BT48" s="13"/>
+      <c r="BU48" s="13"/>
+      <c r="BV48" s="13"/>
+      <c r="BW48" s="13"/>
+      <c r="BX48" s="13"/>
+      <c r="BY48" s="13"/>
+      <c r="BZ48" s="13"/>
+      <c r="CA48" s="13"/>
+      <c r="CB48" s="13"/>
+      <c r="CC48" s="13"/>
+      <c r="CD48" s="13"/>
+      <c r="CE48" s="13"/>
+      <c r="CF48" s="13"/>
+      <c r="CG48" s="13"/>
+      <c r="CH48" s="13"/>
+      <c r="CI48" s="13"/>
+      <c r="CJ48" s="13"/>
+      <c r="CK48" s="13"/>
+      <c r="CL48" s="13"/>
+      <c r="CM48" s="13"/>
+      <c r="CN48" s="13"/>
+      <c r="CO48" s="13"/>
+      <c r="CP48" s="13"/>
+      <c r="CQ48" s="13"/>
+      <c r="CR48" s="13"/>
+      <c r="CS48" s="13"/>
+      <c r="CT48" s="13"/>
+      <c r="CU48" s="13"/>
+      <c r="CV48" s="13"/>
+      <c r="CW48" s="13"/>
+      <c r="CX48" s="13"/>
+      <c r="CY48" s="13"/>
+      <c r="CZ48" s="13"/>
+      <c r="DA48" s="13"/>
+      <c r="DB48" s="13"/>
+      <c r="DC48" s="13"/>
+      <c r="DD48" s="13"/>
+      <c r="DE48" s="13"/>
+      <c r="DF48" s="13"/>
+      <c r="DG48" s="13"/>
+      <c r="DH48" s="13"/>
+      <c r="DI48" s="13"/>
+      <c r="DJ48" s="13"/>
+      <c r="DK48" s="13"/>
+      <c r="DL48" s="13"/>
+      <c r="DM48" s="13"/>
+      <c r="DN48" s="13"/>
+      <c r="DO48" s="13"/>
+      <c r="DP48" s="13"/>
+      <c r="DQ48" s="13"/>
+      <c r="DR48" s="13"/>
+      <c r="DS48" s="13"/>
+      <c r="DT48" s="13"/>
+      <c r="DU48" s="13"/>
+      <c r="DV48" s="13"/>
+    </row>
+    <row r="49" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="13"/>
+      <c r="B49" s="13"/>
+      <c r="C49" s="13"/>
+      <c r="D49" s="13"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="13"/>
+      <c r="G49" s="13"/>
+      <c r="H49" s="13"/>
+      <c r="I49" s="13"/>
+      <c r="J49" s="13"/>
+      <c r="K49" s="13"/>
+      <c r="L49" s="13"/>
+      <c r="M49" s="13"/>
+      <c r="N49" s="13"/>
+      <c r="O49" s="13"/>
+      <c r="P49" s="13"/>
+      <c r="Q49" s="13"/>
+      <c r="R49" s="13"/>
+      <c r="S49" s="13"/>
+      <c r="T49" s="13"/>
+      <c r="U49" s="13"/>
+      <c r="V49" s="13"/>
+      <c r="W49" s="13"/>
+      <c r="X49" s="13"/>
+      <c r="Y49" s="13"/>
+      <c r="Z49" s="13"/>
+      <c r="AA49" s="13"/>
+      <c r="AB49" s="13"/>
+      <c r="AC49" s="13"/>
+      <c r="AD49" s="13"/>
+      <c r="AE49" s="13"/>
+      <c r="AF49" s="13"/>
+      <c r="AG49" s="13"/>
+      <c r="AH49" s="13"/>
+      <c r="AI49" s="13"/>
+      <c r="AJ49" s="13"/>
+      <c r="AK49" s="13"/>
+      <c r="AL49" s="13"/>
+      <c r="AM49" s="13"/>
+      <c r="AN49" s="13"/>
+      <c r="AO49" s="13"/>
+      <c r="AP49" s="13"/>
+      <c r="AQ49" s="13"/>
+      <c r="AR49" s="13"/>
+      <c r="AS49" s="13"/>
+      <c r="AT49" s="13"/>
+      <c r="AU49" s="13"/>
+      <c r="AV49" s="13"/>
+      <c r="AW49" s="13"/>
+      <c r="AX49" s="13"/>
+      <c r="AY49" s="13"/>
+      <c r="AZ49" s="13"/>
+      <c r="BA49" s="13"/>
+      <c r="BB49" s="13"/>
+      <c r="BC49" s="13"/>
+      <c r="BD49" s="13"/>
+      <c r="BE49" s="13"/>
+      <c r="BF49" s="13"/>
+      <c r="BG49" s="13"/>
+      <c r="BH49" s="13"/>
+      <c r="BI49" s="13"/>
+      <c r="BJ49" s="13"/>
+      <c r="BK49" s="13"/>
+      <c r="BL49" s="13"/>
+      <c r="BM49" s="13"/>
+      <c r="BN49" s="13"/>
+      <c r="BO49" s="13"/>
+      <c r="BP49" s="13"/>
+      <c r="BQ49" s="13"/>
+      <c r="BR49" s="13"/>
+      <c r="BS49" s="13"/>
+      <c r="BT49" s="13"/>
+      <c r="BU49" s="13"/>
+      <c r="BV49" s="13"/>
+      <c r="BW49" s="13"/>
+      <c r="BX49" s="13"/>
+      <c r="BY49" s="13"/>
+      <c r="BZ49" s="13"/>
+      <c r="CA49" s="13"/>
+      <c r="CB49" s="13"/>
+      <c r="CC49" s="13"/>
+      <c r="CD49" s="13"/>
+      <c r="CE49" s="13"/>
+      <c r="CF49" s="13"/>
+      <c r="CG49" s="13"/>
+      <c r="CH49" s="13"/>
+      <c r="CI49" s="13"/>
+      <c r="CJ49" s="13"/>
+      <c r="CK49" s="13"/>
+      <c r="CL49" s="13"/>
+      <c r="CM49" s="13"/>
+      <c r="CN49" s="13"/>
+      <c r="CO49" s="13"/>
+      <c r="CP49" s="13"/>
+      <c r="CQ49" s="13"/>
+      <c r="CR49" s="13"/>
+      <c r="CS49" s="13"/>
+      <c r="CT49" s="13"/>
+      <c r="CU49" s="13"/>
+      <c r="CV49" s="13"/>
+      <c r="CW49" s="13"/>
+      <c r="CX49" s="13"/>
+      <c r="CY49" s="13"/>
+      <c r="CZ49" s="13"/>
+      <c r="DA49" s="13"/>
+      <c r="DB49" s="13"/>
+      <c r="DC49" s="13"/>
+      <c r="DD49" s="13"/>
+      <c r="DE49" s="13"/>
+      <c r="DF49" s="13"/>
+      <c r="DG49" s="13"/>
+      <c r="DH49" s="13"/>
+      <c r="DI49" s="13"/>
+      <c r="DJ49" s="13"/>
+      <c r="DK49" s="13"/>
+      <c r="DL49" s="13"/>
+      <c r="DM49" s="13"/>
+      <c r="DN49" s="13"/>
+      <c r="DO49" s="13"/>
+      <c r="DP49" s="13"/>
+      <c r="DQ49" s="13"/>
+      <c r="DR49" s="13"/>
+      <c r="DS49" s="13"/>
+      <c r="DT49" s="13"/>
+      <c r="DU49" s="13"/>
+      <c r="DV49" s="13"/>
+    </row>
+    <row r="50" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B50" s="13"/>
+      <c r="C50" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D50" s="9">
+        <v>5.7324713585842346E-3</v>
+      </c>
+      <c r="E50" s="9">
+        <v>-7.1007723579327831E-2</v>
+      </c>
+      <c r="F50" s="9">
+        <v>3.3869454682445621E-2</v>
+      </c>
+      <c r="G50" s="9">
+        <v>-0.37317880432016182</v>
+      </c>
+      <c r="H50" s="9">
+        <v>0.11799293659164789</v>
+      </c>
+      <c r="I50" s="9">
+        <v>0.40798305798028878</v>
+      </c>
+      <c r="J50" s="9">
+        <v>-4.3135073897360598E-2</v>
+      </c>
+      <c r="K50" s="9">
+        <v>0.24936460136095207</v>
+      </c>
+      <c r="L50" s="9">
+        <v>0.3265230654262723</v>
+      </c>
+      <c r="M50" s="9">
+        <v>0.24483117303633151</v>
+      </c>
+      <c r="N50" s="9">
+        <v>0.30181250281273719</v>
+      </c>
+      <c r="O50" s="9">
+        <v>3.1789703000157488E-2</v>
+      </c>
+      <c r="P50" s="9">
+        <v>0.37464299643139043</v>
+      </c>
+      <c r="Q50" s="9">
+        <v>0.40062713469990285</v>
+      </c>
+      <c r="R50" s="9">
+        <v>0.49672595222642713</v>
+      </c>
+      <c r="S50" s="9">
+        <v>0.36523771233289892</v>
+      </c>
+      <c r="T50" s="9">
+        <v>0.49115765991885496</v>
+      </c>
+      <c r="U50" s="9">
+        <v>0.40666433717575501</v>
+      </c>
+      <c r="V50" s="9">
+        <v>0.34589926986470232</v>
+      </c>
+      <c r="W50" s="9">
+        <v>0.20063600159743089</v>
+      </c>
+      <c r="X50" s="9">
+        <v>0.21763252216504725</v>
+      </c>
+      <c r="Y50" s="9">
+        <v>0.28220015156561828</v>
+      </c>
+      <c r="Z50" s="9">
+        <v>0.48960596403971124</v>
+      </c>
+      <c r="AA50" s="9">
+        <v>-8.9801785467074069E-3</v>
+      </c>
+      <c r="AB50" s="9">
+        <v>0.30602553837798041</v>
+      </c>
+      <c r="AC50" s="9">
+        <v>-3.4717981874180737E-2</v>
+      </c>
+      <c r="AD50" s="9">
+        <v>-0.2235822451508227</v>
+      </c>
+      <c r="AE50" s="9">
+        <v>0.2147400921248277</v>
+      </c>
+      <c r="AF50" s="9">
+        <v>-0.279541947287683</v>
+      </c>
+      <c r="AG50" s="9">
+        <v>-0.19764862602276878</v>
+      </c>
+      <c r="AH50" s="9">
+        <v>-2.7307423731301128E-2</v>
+      </c>
+      <c r="AI50" s="9">
+        <v>0.56056753711931151</v>
+      </c>
+      <c r="AJ50" s="9">
+        <v>0.10563578644455163</v>
+      </c>
+      <c r="AK50" s="9">
+        <v>2.0137531430691524E-2</v>
+      </c>
+      <c r="AL50" s="9">
+        <v>3.2694090368281081E-2</v>
+      </c>
+      <c r="AM50" s="9">
+        <v>-0.11747783837130044</v>
+      </c>
+      <c r="AN50" s="9">
+        <v>0.34602971387104731</v>
+      </c>
+      <c r="AO50" s="9">
+        <v>0.30060956096140501</v>
+      </c>
+      <c r="AP50" s="9">
+        <v>0.17510724940987643</v>
+      </c>
+      <c r="AQ50" s="9">
+        <v>0.17410678569649463</v>
+      </c>
+      <c r="AR50" s="9">
+        <v>0.45206566886733413</v>
+      </c>
+      <c r="AS50" s="9">
+        <v>0.45684170481432318</v>
+      </c>
+      <c r="AT50" s="9">
+        <v>0.3605679131291879</v>
+      </c>
+      <c r="AU50" s="9">
+        <v>4.2911532608286507E-2</v>
+      </c>
+      <c r="AV50" s="9">
+        <v>0.83513690700698362</v>
+      </c>
+      <c r="AW50" s="9">
+        <v>0.63576721574550277</v>
+      </c>
+      <c r="AX50" s="9">
+        <v>0.50570545500592345</v>
+      </c>
+      <c r="AY50" s="9">
+        <v>0.40674023339295218</v>
+      </c>
+      <c r="AZ50" s="9">
+        <v>0.54902154432461714</v>
+      </c>
+      <c r="BA50" s="9">
+        <v>0.55422812358895612</v>
+      </c>
+      <c r="BB50" s="9">
+        <v>0.56444634441483288</v>
+      </c>
+      <c r="BC50" s="9">
+        <v>1.0848750843831567</v>
+      </c>
+      <c r="BD50" s="9">
+        <v>0.3653934090704638</v>
+      </c>
+      <c r="BE50" s="9">
+        <v>0.20203829181764377</v>
+      </c>
+      <c r="BF50" s="9">
+        <v>-5.0527162986909957E-2</v>
+      </c>
+      <c r="BG50" s="9">
+        <v>-0.38662417015400763</v>
+      </c>
+      <c r="BH50" s="9">
+        <v>-0.64886917138991862</v>
+      </c>
+      <c r="BI50" s="9">
+        <v>-0.23057185000669733</v>
+      </c>
+      <c r="BJ50" s="9">
+        <v>0.41277647994151323</v>
+      </c>
+      <c r="BK50" s="9">
+        <v>0.18452643602799412</v>
+      </c>
+      <c r="BL50" s="9">
+        <v>0.52714098126969589</v>
+      </c>
+      <c r="BM50" s="9">
+        <v>0.46335951415954924</v>
+      </c>
+      <c r="BN50" s="9">
+        <v>0.5916348786824841</v>
+      </c>
+      <c r="BO50" s="9">
+        <v>0.50303439463542077</v>
+      </c>
+      <c r="BP50" s="9">
+        <v>0.44019070309917652</v>
+      </c>
+      <c r="BQ50" s="9">
+        <v>0.48761355039029297</v>
+      </c>
+      <c r="BR50" s="9">
+        <v>0.39564722133637531</v>
+      </c>
+      <c r="BS50" s="9">
+        <v>0.47627633329602759</v>
+      </c>
+      <c r="BT50" s="9">
+        <v>0.25062431431621235</v>
+      </c>
+      <c r="BU50" s="9">
+        <v>0.23837248308021231</v>
+      </c>
+      <c r="BV50" s="9">
+        <v>0.18634790886322605</v>
+      </c>
+      <c r="BW50" s="9">
+        <v>0.2049070588534363</v>
+      </c>
+      <c r="BX50" s="9">
+        <v>0.16929105591516702</v>
+      </c>
+      <c r="BY50" s="9">
+        <v>0.25240263488196035</v>
+      </c>
+      <c r="BZ50" s="9">
+        <v>0.12173091742214126</v>
+      </c>
+      <c r="CA50" s="9">
+        <v>0.31755448949404297</v>
+      </c>
+      <c r="CB50" s="9">
+        <v>0.25925516590270092</v>
+      </c>
+      <c r="CC50" s="9">
+        <v>0.26776655944793504</v>
+      </c>
+      <c r="CD50" s="9">
+        <v>0.27828510993646205</v>
+      </c>
+      <c r="CE50" s="9">
+        <v>0.2313226350817672</v>
+      </c>
+      <c r="CF50" s="9">
+        <v>0.29244544192184208</v>
+      </c>
+      <c r="CG50" s="9">
+        <v>0.38021658983376483</v>
+      </c>
+      <c r="CH50" s="9">
+        <v>0.40692552089652168</v>
+      </c>
+      <c r="CI50" s="9">
+        <v>0.42387902495771357</v>
+      </c>
+      <c r="CJ50" s="9">
+        <v>0.34144456593855921</v>
+      </c>
+      <c r="CK50" s="9">
+        <v>0.44639514082456344</v>
+      </c>
+      <c r="CL50" s="9">
+        <v>0.43584303541621239</v>
+      </c>
+      <c r="CM50" s="9">
+        <v>0.39098693918052163</v>
+      </c>
+      <c r="CN50" s="9">
+        <v>0.63998439062461898</v>
+      </c>
+      <c r="CO50" s="9">
+        <v>0.54882331047545563</v>
+      </c>
+      <c r="CP50" s="9">
+        <v>0.64961967882072713</v>
+      </c>
+      <c r="CQ50" s="9">
+        <v>0.56667999280087145</v>
+      </c>
+      <c r="CR50" s="9">
+        <v>0.57772375986402835</v>
+      </c>
+      <c r="CS50" s="9">
+        <v>0.38657532935660299</v>
+      </c>
+      <c r="CT50" s="9">
+        <v>0.48853279790594684</v>
+      </c>
+      <c r="CU50" s="9">
+        <v>0.41505851359100632</v>
+      </c>
+      <c r="CV50" s="9">
+        <v>0.28206513502715325</v>
+      </c>
+      <c r="CW50" s="9">
+        <v>0.13449034611024047</v>
+      </c>
+      <c r="CX50" s="9">
+        <v>0.2288802142095534</v>
+      </c>
+      <c r="CY50" s="9">
+        <v>-0.67370610222117477</v>
+      </c>
+      <c r="CZ50" s="9">
+        <v>-5.024988974728501</v>
+      </c>
+      <c r="DA50" s="9">
+        <v>3.7363893670383703</v>
+      </c>
+      <c r="DB50" s="9">
+        <v>-5.6626838873526708E-2</v>
+      </c>
+      <c r="DC50" s="9">
+        <v>-0.98512047206605757</v>
+      </c>
+      <c r="DD50" s="9">
+        <v>2.2691664906067359</v>
+      </c>
+      <c r="DE50" s="9">
+        <v>1.7332585977400896</v>
+      </c>
+      <c r="DF50" s="9">
+        <v>0.40052481390601713</v>
+      </c>
+      <c r="DG50" s="9">
+        <v>0.6270130300692216</v>
+      </c>
+      <c r="DH50" s="9">
+        <v>0.71397370842008456</v>
+      </c>
+      <c r="DI50" s="9">
+        <v>0.16351810465873484</v>
+      </c>
+      <c r="DJ50" s="9">
+        <v>0.45411816403624528</v>
+      </c>
+      <c r="DK50" s="9">
+        <v>0.34052407057308187</v>
+      </c>
+      <c r="DL50" s="9">
+        <v>0.12611186263914931</v>
+      </c>
+      <c r="DM50" s="9">
+        <v>4.7385696454171011E-2</v>
+      </c>
+      <c r="DN50" s="9">
+        <v>0.32548385841946015</v>
+      </c>
+      <c r="DO50" s="9">
+        <v>0.27813476752743327</v>
+      </c>
+      <c r="DP50" s="9">
+        <v>0.19492295762664469</v>
+      </c>
+      <c r="DQ50" s="9">
+        <v>5.7418237482281143E-2</v>
+      </c>
+      <c r="DR50" s="9">
+        <v>8.1858769079715898E-2</v>
+      </c>
+      <c r="DS50" s="9">
+        <v>4.9537532914072813E-2</v>
+      </c>
+      <c r="DT50" s="9">
+        <v>-5.4532004053484684E-2</v>
+      </c>
+      <c r="DU50" s="9">
+        <v>-3.0574204107196579E-2</v>
+      </c>
+      <c r="DV50" s="9">
+        <v>0.23960796569618026</v>
+      </c>
+    </row>
+    <row r="51" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B51" s="10"/>
+      <c r="C51" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D51" s="9">
+        <v>-1.2827187958536257</v>
+      </c>
+      <c r="E51" s="9">
+        <v>7.6716532412717697E-2</v>
+      </c>
+      <c r="F51" s="9">
+        <v>-0.36891529321579242</v>
+      </c>
+      <c r="G51" s="9">
+        <v>-1.2599182495792292</v>
+      </c>
+      <c r="H51" s="9">
+        <v>1.8117177226903038</v>
+      </c>
+      <c r="I51" s="9">
+        <v>3.348481224585953E-2</v>
+      </c>
+      <c r="J51" s="9">
+        <v>0.40646518745217008</v>
+      </c>
+      <c r="K51" s="9">
+        <v>1.852645616040391</v>
+      </c>
+      <c r="L51" s="9">
+        <v>-1.1222294959319186</v>
+      </c>
+      <c r="M51" s="9">
+        <v>3.7832214130318675E-2</v>
+      </c>
+      <c r="N51" s="9">
+        <v>-0.72799470549304601</v>
+      </c>
+      <c r="O51" s="9">
+        <v>-0.81904761904762324</v>
+      </c>
+      <c r="P51" s="9">
+        <v>-1.0610716343383899</v>
+      </c>
+      <c r="Q51" s="9">
+        <v>-0.39792303586160926</v>
+      </c>
+      <c r="R51" s="9">
+        <v>0.8136419001218087</v>
+      </c>
+      <c r="S51" s="9">
+        <v>0.61859655905665534</v>
+      </c>
+      <c r="T51" s="9">
+        <v>1.3352545629202552</v>
+      </c>
+      <c r="U51" s="9">
+        <v>0</v>
+      </c>
+      <c r="V51" s="9">
+        <v>0.47397857616834926</v>
+      </c>
+      <c r="W51" s="9">
+        <v>-0.78309274459854805</v>
+      </c>
+      <c r="X51" s="9">
+        <v>-7.1319893495626729E-2</v>
+      </c>
+      <c r="Y51" s="9">
+        <v>0.54717609554171531</v>
+      </c>
+      <c r="Z51" s="9">
+        <v>-0.92750331251183127</v>
+      </c>
+      <c r="AA51" s="9">
+        <v>6.2094000764247426E-2</v>
+      </c>
+      <c r="AB51" s="9">
+        <v>0.23390137954078227</v>
+      </c>
+      <c r="AC51" s="9">
+        <v>0.20001904943327986</v>
+      </c>
+      <c r="AD51" s="9">
+        <v>1.1406844106463865</v>
+      </c>
+      <c r="AE51" s="9">
+        <v>-1.8796992481213692E-2</v>
+      </c>
+      <c r="AF51" s="9">
+        <v>0.64391802970482104</v>
+      </c>
+      <c r="AG51" s="9">
+        <v>0.23350301218884795</v>
+      </c>
+      <c r="AH51" s="9">
+        <v>0.4798956343474714</v>
+      </c>
+      <c r="AI51" s="9">
+        <v>1.5209125475285106</v>
+      </c>
+      <c r="AJ51" s="9">
+        <v>-0.50242075454461599</v>
+      </c>
+      <c r="AK51" s="9">
+        <v>0.19280205655527993</v>
+      </c>
+      <c r="AL51" s="9">
+        <v>-0.14661412993677914</v>
+      </c>
+      <c r="AM51" s="9">
+        <v>0.22942094154355175</v>
+      </c>
+      <c r="AN51" s="9">
+        <v>3.6623329060603282E-2</v>
+      </c>
+      <c r="AO51" s="9">
+        <v>0.28830313014826459</v>
+      </c>
+      <c r="AP51" s="9">
+        <v>0.25553274013232397</v>
+      </c>
+      <c r="AQ51" s="9">
+        <v>-0.47790268990942764</v>
+      </c>
+      <c r="AR51" s="9">
+        <v>1.5412055245586771</v>
+      </c>
+      <c r="AS51" s="9">
+        <v>-0.40985452416340706</v>
+      </c>
+      <c r="AT51" s="9">
+        <v>-0.16280752532560427</v>
+      </c>
+      <c r="AU51" s="9">
+        <v>0.87425258198948086</v>
+      </c>
+      <c r="AV51" s="9">
+        <v>-1.2798060083524092</v>
+      </c>
+      <c r="AW51" s="9">
+        <v>1.9787117903930209</v>
+      </c>
+      <c r="AX51" s="9">
+        <v>1.3336901735135314</v>
+      </c>
+      <c r="AY51" s="9">
+        <v>6.0788801831147055</v>
+      </c>
+      <c r="AZ51" s="9">
+        <v>-1.1037802398439851</v>
+      </c>
+      <c r="BA51" s="9">
+        <v>-2.3412914865942156</v>
+      </c>
+      <c r="BB51" s="9">
+        <v>-1.3018259935553118</v>
+      </c>
+      <c r="BC51" s="9">
+        <v>9.6247605780950778</v>
+      </c>
+      <c r="BD51" s="9">
+        <v>-10.010721518484701</v>
+      </c>
+      <c r="BE51" s="9">
+        <v>-2.4490336245697648</v>
+      </c>
+      <c r="BF51" s="9">
+        <v>5.916677975301937</v>
+      </c>
+      <c r="BG51" s="9">
+        <v>-5.0395045910740919</v>
+      </c>
+      <c r="BH51" s="9">
+        <v>1.9203957724308651</v>
+      </c>
+      <c r="BI51" s="9">
+        <v>3.2918542052775734</v>
+      </c>
+      <c r="BJ51" s="9">
+        <v>-0.65362269309639487</v>
+      </c>
+      <c r="BK51" s="9">
+        <v>0.154805418189639</v>
+      </c>
+      <c r="BL51" s="9">
+        <v>0.35636082607015851</v>
+      </c>
+      <c r="BM51" s="9">
+        <v>0.87276461025069807</v>
+      </c>
+      <c r="BN51" s="9">
+        <v>1.802527780134028</v>
+      </c>
+      <c r="BO51" s="9">
+        <v>1.4873140857392713</v>
+      </c>
+      <c r="BP51" s="9">
+        <v>2.3440065681445077</v>
+      </c>
+      <c r="BQ51" s="9">
+        <v>1.5242068107977929</v>
+      </c>
+      <c r="BR51" s="9">
+        <v>0.72300580775157641</v>
+      </c>
+      <c r="BS51" s="9">
+        <v>2.4868596532517557</v>
+      </c>
+      <c r="BT51" s="9">
+        <v>-0.29470300061237253</v>
+      </c>
+      <c r="BU51" s="9">
+        <v>7.2933860504392101E-2</v>
+      </c>
+      <c r="BV51" s="9">
+        <v>0.63674721902569331</v>
+      </c>
+      <c r="BW51" s="9">
+        <v>-0.5526757127610864</v>
+      </c>
+      <c r="BX51" s="9">
+        <v>1.7745582768004198</v>
+      </c>
+      <c r="BY51" s="9">
+        <v>2.1804624538675768</v>
+      </c>
+      <c r="BZ51" s="9">
+        <v>2.8968414845391237</v>
+      </c>
+      <c r="CA51" s="9">
+        <v>1.1640818080876727</v>
+      </c>
+      <c r="CB51" s="9">
+        <v>1.1471462965585602</v>
+      </c>
+      <c r="CC51" s="9">
+        <v>0.25203024362923543</v>
+      </c>
+      <c r="CD51" s="9">
+        <v>0.20949720670391514</v>
+      </c>
+      <c r="CE51" s="9">
+        <v>2.0731707317073216</v>
+      </c>
+      <c r="CF51" s="9">
+        <v>0.70660522273425386</v>
+      </c>
+      <c r="CG51" s="9">
+        <v>1.7253067588637947</v>
+      </c>
+      <c r="CH51" s="9">
+        <v>5.3313784945530074E-2</v>
+      </c>
+      <c r="CI51" s="9">
+        <v>-0.36633696339960409</v>
+      </c>
+      <c r="CJ51" s="9">
+        <v>0.6885717150783961</v>
+      </c>
+      <c r="CK51" s="9">
+        <v>-0.34857085947615474</v>
+      </c>
+      <c r="CL51" s="9">
+        <v>1.2259311080018591</v>
+      </c>
+      <c r="CM51" s="9">
+        <v>1.0695715131968626</v>
+      </c>
+      <c r="CN51" s="9">
+        <v>1.0484842564553389</v>
+      </c>
+      <c r="CO51" s="9">
+        <v>1.9398704604775645</v>
+      </c>
+      <c r="CP51" s="9">
+        <v>1.6216216216216282</v>
+      </c>
+      <c r="CQ51" s="9">
+        <v>1.5833022271991837</v>
+      </c>
+      <c r="CR51" s="9">
+        <v>1.1544232476957461</v>
+      </c>
+      <c r="CS51" s="9">
+        <v>-0.51159411515408237</v>
+      </c>
+      <c r="CT51" s="9">
+        <v>-0.30427506465845511</v>
+      </c>
+      <c r="CU51" s="9">
+        <v>0.5371585533343648</v>
+      </c>
+      <c r="CV51" s="9">
+        <v>0.22767979114173897</v>
+      </c>
+      <c r="CW51" s="9">
+        <v>0.51187303125759342</v>
+      </c>
+      <c r="CX51" s="9">
+        <v>-0.20491185776707255</v>
+      </c>
+      <c r="CY51" s="9">
+        <v>-0.38650843977413274</v>
+      </c>
+      <c r="CZ51" s="9">
+        <v>-5.0744187456424754</v>
+      </c>
+      <c r="DA51" s="9">
+        <v>5.2818138272393327</v>
+      </c>
+      <c r="DB51" s="9">
+        <v>0.91601201128332832</v>
+      </c>
+      <c r="DC51" s="9">
+        <v>1.1842144810796214</v>
+      </c>
+      <c r="DD51" s="9">
+        <v>-2.9704440813844712E-3</v>
+      </c>
+      <c r="DE51" s="9">
+        <v>1.9813450570342184</v>
+      </c>
+      <c r="DF51" s="9">
+        <v>1.7476915906897261E-2</v>
+      </c>
+      <c r="DG51" s="9">
+        <v>-1.7328246497946935</v>
+      </c>
+      <c r="DH51" s="9">
+        <v>-0.79722600912808161</v>
+      </c>
+      <c r="DI51" s="9">
+        <v>-1.1292683655483557</v>
+      </c>
+      <c r="DJ51" s="9">
+        <v>-0.72518507327392001</v>
+      </c>
+      <c r="DK51" s="9">
+        <v>0.52655607974433849</v>
+      </c>
+      <c r="DL51" s="9">
+        <v>-0.39360542569939128</v>
+      </c>
+      <c r="DM51" s="9">
+        <v>0.30396984619123657</v>
+      </c>
+      <c r="DN51" s="9">
+        <v>1.0273349899994031</v>
+      </c>
+      <c r="DO51" s="9">
+        <v>-0.28796832348442081</v>
+      </c>
+      <c r="DP51" s="9">
+        <v>0.51743329021387297</v>
+      </c>
+      <c r="DQ51" s="9">
+        <v>-0.7541974680513448</v>
+      </c>
+      <c r="DR51" s="9">
+        <v>-0.60914930189076699</v>
+      </c>
+      <c r="DS51" s="9">
+        <v>0.73424557783911837</v>
+      </c>
+      <c r="DT51" s="9">
+        <v>-0.10843046896178521</v>
+      </c>
+      <c r="DU51" s="9">
+        <v>0.27137042062418004</v>
+      </c>
+      <c r="DV51" s="9">
+        <v>0.29975515165023126</v>
+      </c>
+    </row>
+    <row r="52" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="B52" s="10"/>
+      <c r="C52" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D52" s="9">
+        <v>-0.38109011315444263</v>
+      </c>
+      <c r="E52" s="9">
+        <v>-0.67499397451921084</v>
+      </c>
+      <c r="F52" s="9">
+        <v>-0.75985547791468377</v>
+      </c>
+      <c r="G52" s="9">
+        <v>-0.91664735660681629</v>
+      </c>
+      <c r="H52" s="9">
+        <v>-0.9868218110863296</v>
+      </c>
+      <c r="I52" s="9">
+        <v>-0.5729546287749514</v>
+      </c>
+      <c r="J52" s="9">
+        <v>-0.50965309486369392</v>
+      </c>
+      <c r="K52" s="9">
+        <v>-0.30923334739603092</v>
+      </c>
+      <c r="L52" s="9">
+        <v>-0.20557053537974923</v>
+      </c>
+      <c r="M52" s="9">
+        <v>-0.28800876394767272</v>
+      </c>
+      <c r="N52" s="9">
+        <v>-1.0336833089610309E-3</v>
+      </c>
+      <c r="O52" s="9">
+        <v>2.9534114116813726E-4</v>
+      </c>
+      <c r="P52" s="9">
+        <v>0.13615186396627621</v>
+      </c>
+      <c r="Q52" s="9">
+        <v>0.29405388825067291</v>
+      </c>
+      <c r="R52" s="9">
+        <v>-5.8520719716611325E-2</v>
+      </c>
+      <c r="S52" s="9">
+        <v>-2.8100508604495644E-2</v>
+      </c>
+      <c r="T52" s="9">
+        <v>-3.6643944477816603E-2</v>
+      </c>
+      <c r="U52" s="9">
+        <v>-0.21052228665479333</v>
+      </c>
+      <c r="V52" s="9">
+        <v>5.4585716540600515E-3</v>
+      </c>
+      <c r="W52" s="9">
+        <v>-0.14339032557865039</v>
+      </c>
+      <c r="X52" s="9">
+        <v>2.1568980850886987E-2</v>
+      </c>
+      <c r="Y52" s="9">
+        <v>0.25153461222609508</v>
+      </c>
+      <c r="Z52" s="9">
+        <v>0.30733100846119044</v>
+      </c>
+      <c r="AA52" s="9">
+        <v>-1.7625467625691726E-2</v>
+      </c>
+      <c r="AB52" s="9">
+        <v>9.0640255144251114E-2</v>
+      </c>
+      <c r="AC52" s="9">
+        <v>-0.11815126297096867</v>
+      </c>
+      <c r="AD52" s="9">
+        <v>-0.54648984240107268</v>
+      </c>
+      <c r="AE52" s="9">
+        <v>-1.2833810574965554</v>
+      </c>
+      <c r="AF52" s="9">
+        <v>-0.61920014368675425</v>
+      </c>
+      <c r="AG52" s="9">
+        <v>-0.59865990544936665</v>
+      </c>
+      <c r="AH52" s="9">
+        <v>-0.43105538114689068</v>
+      </c>
+      <c r="AI52" s="9">
+        <v>0.24697069068099609</v>
+      </c>
+      <c r="AJ52" s="9">
+        <v>-0.35626136560280486</v>
+      </c>
+      <c r="AK52" s="9">
+        <v>-0.41557555233615062</v>
+      </c>
+      <c r="AL52" s="9">
+        <v>-0.26617266651471994</v>
+      </c>
+      <c r="AM52" s="9">
+        <v>-0.1233183684550454</v>
+      </c>
+      <c r="AN52" s="9">
+        <v>-0.14558477318412599</v>
+      </c>
+      <c r="AO52" s="9">
+        <v>-5.8749436728248838E-2</v>
+      </c>
+      <c r="AP52" s="9">
+        <v>-0.14095842495888178</v>
+      </c>
+      <c r="AQ52" s="9">
+        <v>0.59683690310532711</v>
+      </c>
+      <c r="AR52" s="9">
+        <v>-0.1230097090353155</v>
+      </c>
+      <c r="AS52" s="9">
+        <v>-0.11533901541585578</v>
+      </c>
+      <c r="AT52" s="9">
+        <v>-8.6757703393075758E-2</v>
+      </c>
+      <c r="AU52" s="9">
+        <v>-0.21746681133716095</v>
+      </c>
+      <c r="AV52" s="9">
+        <v>0.42864249860225812</v>
+      </c>
+      <c r="AW52" s="9">
+        <v>0.45610558829032755</v>
+      </c>
+      <c r="AX52" s="9">
+        <v>0.61647349072390512</v>
+      </c>
+      <c r="AY52" s="9">
+        <v>0.83301216592266769</v>
+      </c>
+      <c r="AZ52" s="9">
+        <v>0.42630736264264613</v>
+      </c>
+      <c r="BA52" s="9">
+        <v>0.43094083254293025</v>
+      </c>
+      <c r="BB52" s="9">
+        <v>0.27884992681865128</v>
+      </c>
+      <c r="BC52" s="9">
+        <v>0.42626189888146371</v>
+      </c>
+      <c r="BD52" s="9">
+        <v>0.27689422166649535</v>
+      </c>
+      <c r="BE52" s="9">
+        <v>0.41264316191332284</v>
+      </c>
+      <c r="BF52" s="9">
+        <v>-0.24659787625672891</v>
+      </c>
+      <c r="BG52" s="9">
+        <v>-1.2954793184979394</v>
+      </c>
+      <c r="BH52" s="9">
+        <v>-1.4580313513351939</v>
+      </c>
+      <c r="BI52" s="9">
+        <v>-1.7960884578114928</v>
+      </c>
+      <c r="BJ52" s="9">
+        <v>-0.87169485584220752</v>
+      </c>
+      <c r="BK52" s="9">
+        <v>0.12135014892264451</v>
+      </c>
+      <c r="BL52" s="9">
+        <v>-6.6902849283394517E-3</v>
+      </c>
+      <c r="BM52" s="9">
+        <v>0.4498350656625405</v>
+      </c>
+      <c r="BN52" s="9">
+        <v>0.5999340119057166</v>
+      </c>
+      <c r="BO52" s="9">
+        <v>9.2848652077790916E-2</v>
+      </c>
+      <c r="BP52" s="9">
+        <v>0.77825141874356518</v>
+      </c>
+      <c r="BQ52" s="9">
+        <v>0.61745732751646187</v>
+      </c>
+      <c r="BR52" s="9">
+        <v>0.29113207747543868</v>
+      </c>
+      <c r="BS52" s="9">
+        <v>5.944907498447094E-2</v>
+      </c>
+      <c r="BT52" s="9">
+        <v>0.18640498410340456</v>
+      </c>
+      <c r="BU52" s="9">
+        <v>0.43473930731437349</v>
+      </c>
+      <c r="BV52" s="9">
+        <v>0.40025421551526108</v>
+      </c>
+      <c r="BW52" s="9">
+        <v>-1.0829925131801303</v>
+      </c>
+      <c r="BX52" s="9">
+        <v>0.70302146431792778</v>
+      </c>
+      <c r="BY52" s="9">
+        <v>0.30661713119938838</v>
+      </c>
+      <c r="BZ52" s="9">
+        <v>5.2569148649368458E-2</v>
+      </c>
+      <c r="CA52" s="9">
+        <v>0.1450505431536584</v>
+      </c>
+      <c r="CB52" s="9">
+        <v>-5.082121097984782E-3</v>
+      </c>
+      <c r="CC52" s="9">
+        <v>-0.20105294942432295</v>
+      </c>
+      <c r="CD52" s="9">
+        <v>-0.10964107526142186</v>
+      </c>
+      <c r="CE52" s="9">
+        <v>0.2729040742179194</v>
+      </c>
+      <c r="CF52" s="9">
+        <v>3.6786641962777367E-2</v>
+      </c>
+      <c r="CG52" s="9">
+        <v>0.32647350317726875</v>
+      </c>
+      <c r="CH52" s="9">
+        <v>0.27221891943840149</v>
+      </c>
+      <c r="CI52" s="9">
+        <v>0.21768913694057801</v>
+      </c>
+      <c r="CJ52" s="9">
+        <v>0.34250485215206083</v>
+      </c>
+      <c r="CK52" s="9">
+        <v>0.20539251396003522</v>
+      </c>
+      <c r="CL52" s="9">
+        <v>0.19125759611173976</v>
+      </c>
+      <c r="CM52" s="9">
+        <v>-0.21812080536913925</v>
+      </c>
+      <c r="CN52" s="9">
+        <v>0.42996763811326844</v>
+      </c>
+      <c r="CO52" s="9">
+        <v>0.48481875474575986</v>
+      </c>
+      <c r="CP52" s="9">
+        <v>0.73519309415439693</v>
+      </c>
+      <c r="CQ52" s="9">
+        <v>0.7813361501093965</v>
+      </c>
+      <c r="CR52" s="9">
+        <v>0.42571938225339068</v>
+      </c>
+      <c r="CS52" s="9">
+        <v>0.54318998316955458</v>
+      </c>
+      <c r="CT52" s="9">
+        <v>0.34933377059465442</v>
+      </c>
+      <c r="CU52" s="9">
+        <v>0.77481048899873883</v>
+      </c>
+      <c r="CV52" s="9">
+        <v>0.28960659186338944</v>
+      </c>
+      <c r="CW52" s="9">
+        <v>9.2367129111536883E-2</v>
+      </c>
+      <c r="CX52" s="9">
+        <v>8.3152023529748931E-2</v>
+      </c>
+      <c r="CY52" s="9">
+        <v>0.1528333106445956</v>
+      </c>
+      <c r="CZ52" s="9">
+        <v>-1.9992152796267106</v>
+      </c>
+      <c r="DA52" s="9">
+        <v>0.39235704491088086</v>
+      </c>
+      <c r="DB52" s="9">
+        <v>0.28727814991162859</v>
+      </c>
+      <c r="DC52" s="9">
+        <v>-1.0083451210292083E-2</v>
+      </c>
+      <c r="DD52" s="9">
+        <v>0.40011192339213153</v>
+      </c>
+      <c r="DE52" s="9">
+        <v>0.43232843379972508</v>
+      </c>
+      <c r="DF52" s="9">
+        <v>0.53104126345560587</v>
+      </c>
+      <c r="DG52" s="9">
+        <v>0.75242119894186033</v>
+      </c>
+      <c r="DH52" s="9">
+        <v>0.52234426325259165</v>
+      </c>
+      <c r="DI52" s="9">
+        <v>0.49583438246204992</v>
+      </c>
+      <c r="DJ52" s="9">
+        <v>0.53138327601919855</v>
+      </c>
+      <c r="DK52" s="9">
+        <v>0.48831521664709499</v>
+      </c>
+      <c r="DL52" s="9">
+        <v>0.21925999411307373</v>
+      </c>
+      <c r="DM52" s="9">
+        <v>-1.9580088681465213E-2</v>
+      </c>
+      <c r="DN52" s="9">
+        <v>-3.2503872584825899E-2</v>
+      </c>
+      <c r="DO52" s="9">
+        <v>-1.9998421893234308E-2</v>
+      </c>
+      <c r="DP52" s="9">
+        <v>-0.45175538262456882</v>
+      </c>
+      <c r="DQ52" s="9">
+        <v>-0.44970482140979584</v>
+      </c>
+      <c r="DR52" s="9">
+        <v>-0.46285807653701738</v>
+      </c>
+      <c r="DS52" s="9">
+        <v>-0.72544935373070984</v>
+      </c>
+      <c r="DT52" s="9">
+        <v>-0.30930800324037477</v>
+      </c>
+      <c r="DU52" s="9">
+        <v>-0.32685432332793596</v>
+      </c>
+      <c r="DV52" s="9">
+        <v>-0.33403709092509359</v>
+      </c>
+    </row>
+    <row r="53" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B53" s="10"/>
+      <c r="C53" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D53" s="9">
+        <v>-0.34345611556361177</v>
+      </c>
+      <c r="E53" s="9">
+        <v>-0.60875051873379959</v>
+      </c>
+      <c r="F53" s="9">
+        <v>-0.73277073014759253</v>
+      </c>
+      <c r="G53" s="9">
+        <v>-0.87530842191179659</v>
+      </c>
+      <c r="H53" s="9">
+        <v>-0.9171099206874942</v>
+      </c>
+      <c r="I53" s="9">
+        <v>-0.47203303753657622</v>
+      </c>
+      <c r="J53" s="9">
+        <v>-0.28776218910407181</v>
+      </c>
+      <c r="K53" s="9">
+        <v>-4.1708776489073784E-2</v>
+      </c>
+      <c r="L53" s="9">
+        <v>2.0863089984104022E-2</v>
+      </c>
+      <c r="M53" s="9">
+        <v>-0.15483601822732851</v>
+      </c>
+      <c r="N53" s="9">
+        <v>3.792535454580559E-2</v>
+      </c>
+      <c r="O53" s="9">
+        <v>-5.0119596280225664E-2</v>
+      </c>
+      <c r="P53" s="9">
+        <v>8.5342470817224125E-2</v>
+      </c>
+      <c r="Q53" s="9">
+        <v>0.25693318131455101</v>
+      </c>
+      <c r="R53" s="9">
+        <v>-7.7042589656102223E-2</v>
+      </c>
+      <c r="S53" s="9">
+        <v>-2.3082508748103692E-2</v>
+      </c>
+      <c r="T53" s="9">
+        <v>-2.9020129708769105E-2</v>
+      </c>
+      <c r="U53" s="9">
+        <v>-0.19678472681083292</v>
+      </c>
+      <c r="V53" s="9">
+        <v>2.6514670647600269E-2</v>
+      </c>
+      <c r="W53" s="9">
+        <v>-0.14073148240373712</v>
+      </c>
+      <c r="X53" s="9">
+        <v>3.7002120382382486E-2</v>
+      </c>
+      <c r="Y53" s="9">
+        <v>0.26261788053056989</v>
+      </c>
+      <c r="Z53" s="9">
+        <v>0.35287569632802729</v>
+      </c>
+      <c r="AA53" s="9">
+        <v>-0.13026473310115705</v>
+      </c>
+      <c r="AB53" s="9">
+        <v>0.17396620542417907</v>
+      </c>
+      <c r="AC53" s="9">
+        <v>7.6207700332787454E-2</v>
+      </c>
+      <c r="AD53" s="9">
+        <v>-0.32535225208253848</v>
+      </c>
+      <c r="AE53" s="9">
+        <v>-1.8306746108014806</v>
+      </c>
+      <c r="AF53" s="9">
+        <v>-0.45519064167196177</v>
+      </c>
+      <c r="AG53" s="9">
+        <v>-0.461861212180807</v>
+      </c>
+      <c r="AH53" s="9">
+        <v>-0.38710930939436139</v>
+      </c>
+      <c r="AI53" s="9">
+        <v>-0.14248616875849507</v>
+      </c>
+      <c r="AJ53" s="9">
+        <v>-0.35556497254634678</v>
+      </c>
+      <c r="AK53" s="9">
+        <v>-0.45767084578568529</v>
+      </c>
+      <c r="AL53" s="9">
+        <v>-0.27703327403263245</v>
+      </c>
+      <c r="AM53" s="9">
+        <v>-0.21822587717097974</v>
+      </c>
+      <c r="AN53" s="9">
+        <v>-8.8386930139094488E-2</v>
+      </c>
+      <c r="AO53" s="9">
+        <v>-3.827333540368727E-2</v>
+      </c>
+      <c r="AP53" s="9">
+        <v>-0.12426803607803549</v>
+      </c>
+      <c r="AQ53" s="9">
+        <v>0.63421925625519293</v>
+      </c>
+      <c r="AR53" s="9">
+        <v>-0.15020408708829791</v>
+      </c>
+      <c r="AS53" s="9">
+        <v>-0.14942605669155284</v>
+      </c>
+      <c r="AT53" s="9">
+        <v>-6.0496676034432539E-2</v>
+      </c>
+      <c r="AU53" s="9">
+        <v>-0.3132304658548577</v>
+      </c>
+      <c r="AV53" s="9">
+        <v>0.45332364448660201</v>
+      </c>
+      <c r="AW53" s="9">
+        <v>0.50904816365897432</v>
+      </c>
+      <c r="AX53" s="9">
+        <v>0.6305884548167171</v>
+      </c>
+      <c r="AY53" s="9">
+        <v>1.0004668735037683</v>
+      </c>
+      <c r="AZ53" s="9">
+        <v>0.53945425129617774</v>
+      </c>
+      <c r="BA53" s="9">
+        <v>0.40661805945036633</v>
+      </c>
+      <c r="BB53" s="9">
+        <v>0.32719218765731739</v>
+      </c>
+      <c r="BC53" s="9">
+        <v>0.49897954394273825</v>
+      </c>
+      <c r="BD53" s="9">
+        <v>0.33288025973357094</v>
+      </c>
+      <c r="BE53" s="9">
+        <v>0.17062299060530961</v>
+      </c>
+      <c r="BF53" s="9">
+        <v>-0.18891990372935652</v>
+      </c>
+      <c r="BG53" s="9">
+        <v>-1.3761548896683991</v>
+      </c>
+      <c r="BH53" s="9">
+        <v>-1.4243321510019911</v>
+      </c>
+      <c r="BI53" s="9">
+        <v>-2.2728886525654133</v>
+      </c>
+      <c r="BJ53" s="9">
+        <v>-0.77508114949247897</v>
+      </c>
+      <c r="BK53" s="9">
+        <v>0.14917697225240545</v>
+      </c>
+      <c r="BL53" s="9">
+        <v>0.1103557570336875</v>
+      </c>
+      <c r="BM53" s="9">
+        <v>0.24849383521276991</v>
+      </c>
+      <c r="BN53" s="9">
+        <v>0.6399417156605125</v>
+      </c>
+      <c r="BO53" s="9">
+        <v>0.19933096178874621</v>
+      </c>
+      <c r="BP53" s="9">
+        <v>0.77507136604437221</v>
+      </c>
+      <c r="BQ53" s="9">
+        <v>0.55820095234284395</v>
+      </c>
+      <c r="BR53" s="9">
+        <v>0.3141932445965665</v>
+      </c>
+      <c r="BS53" s="9">
+        <v>0.1371839603852294</v>
+      </c>
+      <c r="BT53" s="9">
+        <v>0.16522050582892689</v>
+      </c>
+      <c r="BU53" s="9">
+        <v>0.36433564359373349</v>
+      </c>
+      <c r="BV53" s="9">
+        <v>0.35250521697871307</v>
+      </c>
+      <c r="BW53" s="9">
+        <v>-1.0449661003638795</v>
+      </c>
+      <c r="BX53" s="9">
+        <v>0.65555719054476924</v>
+      </c>
+      <c r="BY53" s="9">
+        <v>0.27677670936310506</v>
+      </c>
+      <c r="BZ53" s="9">
+        <v>5.1271214898477524E-2</v>
+      </c>
+      <c r="CA53" s="9">
+        <v>0.13310586910108668</v>
+      </c>
+      <c r="CB53" s="9">
+        <v>3.1065802274341081E-2</v>
+      </c>
+      <c r="CC53" s="9">
+        <v>-0.1927116109154241</v>
+      </c>
+      <c r="CD53" s="9">
+        <v>-6.7472847092119537E-2</v>
+      </c>
+      <c r="CE53" s="9">
+        <v>0.319073621280765</v>
+      </c>
+      <c r="CF53" s="9">
+        <v>4.1656388701483138E-2</v>
+      </c>
+      <c r="CG53" s="9">
+        <v>0.3352351217982914</v>
+      </c>
+      <c r="CH53" s="9">
+        <v>0.24899952641268897</v>
+      </c>
+      <c r="CI53" s="9">
+        <v>0.18409419648727976</v>
+      </c>
+      <c r="CJ53" s="9">
+        <v>0.32602900880374364</v>
+      </c>
+      <c r="CK53" s="9">
+        <v>0.20124851607484118</v>
+      </c>
+      <c r="CL53" s="9">
+        <v>0.21825297679973232</v>
+      </c>
+      <c r="CM53" s="9">
+        <v>-0.14604292825721643</v>
+      </c>
+      <c r="CN53" s="9">
+        <v>0.46421950076268104</v>
+      </c>
+      <c r="CO53" s="9">
+        <v>0.55522687663638237</v>
+      </c>
+      <c r="CP53" s="9">
+        <v>0.77777706912935685</v>
+      </c>
+      <c r="CQ53" s="9">
+        <v>0.78031801281544233</v>
+      </c>
+      <c r="CR53" s="9">
+        <v>0.47505267024814657</v>
+      </c>
+      <c r="CS53" s="9">
+        <v>0.56889913876077003</v>
+      </c>
+      <c r="CT53" s="9">
+        <v>0.38064224445311368</v>
+      </c>
+      <c r="CU53" s="9">
+        <v>0.75948113214847979</v>
+      </c>
+      <c r="CV53" s="9">
+        <v>0.30245496969307339</v>
+      </c>
+      <c r="CW53" s="9">
+        <v>0.10444504000919608</v>
+      </c>
+      <c r="CX53" s="9">
+        <v>0.1070898039797612</v>
+      </c>
+      <c r="CY53" s="9">
+        <v>0.14029039194201687</v>
+      </c>
+      <c r="CZ53" s="9">
+        <v>-1.9985502270039319</v>
+      </c>
+      <c r="DA53" s="9">
+        <v>0.33806773500846532</v>
+      </c>
+      <c r="DB53" s="9">
+        <v>0.20439202296888936</v>
+      </c>
+      <c r="DC53" s="9">
+        <v>2.1373246580651539E-2</v>
+      </c>
+      <c r="DD53" s="9">
+        <v>0.36063517625291297</v>
+      </c>
+      <c r="DE53" s="9">
+        <v>0.41071753680566303</v>
+      </c>
+      <c r="DF53" s="9">
+        <v>0.54948094333707331</v>
+      </c>
+      <c r="DG53" s="9">
+        <v>0.73337489990403526</v>
+      </c>
+      <c r="DH53" s="9">
+        <v>0.56813785800649441</v>
+      </c>
+      <c r="DI53" s="9">
+        <v>0.54607220220961494</v>
+      </c>
+      <c r="DJ53" s="9">
+        <v>0.51955183215910949</v>
+      </c>
+      <c r="DK53" s="9">
+        <v>0.45119470327567512</v>
+      </c>
+      <c r="DL53" s="9">
+        <v>0.19627887349891182</v>
+      </c>
+      <c r="DM53" s="9">
+        <v>-5.6647729716175377E-2</v>
+      </c>
+      <c r="DN53" s="9">
+        <v>-6.4543794077110306E-2</v>
+      </c>
+      <c r="DO53" s="9">
+        <v>-0.10972107980981605</v>
+      </c>
+      <c r="DP53" s="9">
+        <v>-0.54147895247679401</v>
+      </c>
+      <c r="DQ53" s="9">
+        <v>-0.52843633059551109</v>
+      </c>
+      <c r="DR53" s="9">
+        <v>-0.54656794990444268</v>
+      </c>
+      <c r="DS53" s="9">
+        <v>-0.7444446122936057</v>
+      </c>
+      <c r="DT53" s="9">
+        <v>-0.35127130381314942</v>
+      </c>
+      <c r="DU53" s="9">
+        <v>-0.37877977926913786</v>
+      </c>
+      <c r="DV53" s="9">
+        <v>-0.35731107401116446</v>
+      </c>
+    </row>
+    <row r="54" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B54" s="10"/>
+      <c r="C54" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D54" s="9">
+        <v>-0.2420180931976148</v>
+      </c>
+      <c r="E54" s="9">
+        <v>-0.39644329431588687</v>
+      </c>
+      <c r="F54" s="9">
+        <v>-0.24319323288395367</v>
+      </c>
+      <c r="G54" s="9">
+        <v>-2.9386824950977655</v>
+      </c>
+      <c r="H54" s="9">
+        <v>3.1489491152599385</v>
+      </c>
+      <c r="I54" s="9">
+        <v>0.67831985390034788</v>
+      </c>
+      <c r="J54" s="9">
+        <v>0.30908360279565272</v>
+      </c>
+      <c r="K54" s="9">
+        <v>-0.16922881083064567</v>
+      </c>
+      <c r="L54" s="9">
+        <v>0.43954065751083249</v>
+      </c>
+      <c r="M54" s="9">
+        <v>-0.48989223864323606</v>
+      </c>
+      <c r="N54" s="9">
+        <v>-0.15534592610936215</v>
+      </c>
+      <c r="O54" s="9">
+        <v>2.405219325936514E-2</v>
+      </c>
+      <c r="P54" s="9">
+        <v>-1.002810424118536</v>
+      </c>
+      <c r="Q54" s="9">
+        <v>3.188061468861747E-2</v>
+      </c>
+      <c r="R54" s="9">
+        <v>-0.27127827080022371</v>
+      </c>
+      <c r="S54" s="9">
+        <v>-0.11185001445679177</v>
+      </c>
+      <c r="T54" s="9">
+        <v>0.46199315960664933</v>
+      </c>
+      <c r="U54" s="9">
+        <v>-0.20282745260094259</v>
+      </c>
+      <c r="V54" s="9">
+        <v>-0.28491543709826317</v>
+      </c>
+      <c r="W54" s="9">
+        <v>-0.28382466112478255</v>
+      </c>
+      <c r="X54" s="9">
+        <v>-0.57690617824491142</v>
+      </c>
+      <c r="Y54" s="9">
+        <v>-0.72358788922149131</v>
+      </c>
+      <c r="Z54" s="9">
+        <v>-0.33056187777725654</v>
+      </c>
+      <c r="AA54" s="9">
+        <v>-1.4932386774060831</v>
+      </c>
+      <c r="AB54" s="9">
+        <v>-0.96314197966481174</v>
+      </c>
+      <c r="AC54" s="9">
+        <v>-0.81088827496157023</v>
+      </c>
+      <c r="AD54" s="9">
+        <v>-1.0526991720478946</v>
+      </c>
+      <c r="AE54" s="9">
+        <v>-0.72481403064742267</v>
+      </c>
+      <c r="AF54" s="9">
+        <v>-0.47352702045685646</v>
+      </c>
+      <c r="AG54" s="9">
+        <v>-0.47536945812807119</v>
+      </c>
+      <c r="AH54" s="9">
+        <v>-0.32048902417898262</v>
+      </c>
+      <c r="AI54" s="9">
+        <v>0.57103842095462198</v>
+      </c>
+      <c r="AJ54" s="9">
+        <v>-0.30447036557015394</v>
+      </c>
+      <c r="AK54" s="9">
+        <v>-4.3746517818448183E-2</v>
+      </c>
+      <c r="AL54" s="9">
+        <v>-8.7118443924211419E-2</v>
+      </c>
+      <c r="AM54" s="9">
+        <v>-0.29381622229202264</v>
+      </c>
+      <c r="AN54" s="9">
+        <v>0.31996419053619718</v>
+      </c>
+      <c r="AO54" s="9">
+        <v>4.5445343711350006E-3</v>
+      </c>
+      <c r="AP54" s="9">
+        <v>0.11360819631495644</v>
+      </c>
+      <c r="AQ54" s="9">
+        <v>-2.7610539129717182</v>
+      </c>
+      <c r="AR54" s="9">
+        <v>2.85685186128228</v>
+      </c>
+      <c r="AS54" s="9">
+        <v>-6.3537643991153914E-2</v>
+      </c>
+      <c r="AT54" s="9">
+        <v>-7.2660617119836957E-2</v>
+      </c>
+      <c r="AU54" s="9">
+        <v>-3.3402741627624408</v>
+      </c>
+      <c r="AV54" s="9">
+        <v>3.8797064468009523</v>
+      </c>
+      <c r="AW54" s="9">
+        <v>0.70153638525663098</v>
+      </c>
+      <c r="AX54" s="9">
+        <v>0.72525056896417084</v>
+      </c>
+      <c r="AY54" s="9">
+        <v>0.63605903017224819</v>
+      </c>
+      <c r="AZ54" s="9">
+        <v>0.56552969534757835</v>
+      </c>
+      <c r="BA54" s="9">
+        <v>0.32506443169839372</v>
+      </c>
+      <c r="BB54" s="9">
+        <v>0.21813823411905275</v>
+      </c>
+      <c r="BC54" s="9">
+        <v>3.4279996491871429</v>
+      </c>
+      <c r="BD54" s="9">
+        <v>-0.86607951588969456</v>
+      </c>
+      <c r="BE54" s="9">
+        <v>-0.45723528176735329</v>
+      </c>
+      <c r="BF54" s="9">
+        <v>-2.4607260313558754E-2</v>
+      </c>
+      <c r="BG54" s="9">
+        <v>-8.0090952066541377E-2</v>
+      </c>
+      <c r="BH54" s="9">
+        <v>1.9550036363071399E-2</v>
+      </c>
+      <c r="BI54" s="9">
+        <v>7.8184860283656121E-2</v>
+      </c>
+      <c r="BJ54" s="9">
+        <v>-0.32108873298855656</v>
+      </c>
+      <c r="BK54" s="9">
+        <v>0.12422506289628643</v>
+      </c>
+      <c r="BL54" s="9">
+        <v>-8.1409320584427292E-2</v>
+      </c>
+      <c r="BM54" s="9">
+        <v>-5.8756477901695803E-2</v>
+      </c>
+      <c r="BN54" s="9">
+        <v>0.60593946092552642</v>
+      </c>
+      <c r="BO54" s="9">
+        <v>0.49164936284269345</v>
+      </c>
+      <c r="BP54" s="9">
+        <v>0.48226587426194101</v>
+      </c>
+      <c r="BQ54" s="9">
+        <v>0.69446319923763156</v>
+      </c>
+      <c r="BR54" s="9">
+        <v>0.14444831853728601</v>
+      </c>
+      <c r="BS54" s="9">
+        <v>0.21119485786434211</v>
+      </c>
+      <c r="BT54" s="9">
+        <v>0.47571414390543509</v>
+      </c>
+      <c r="BU54" s="9">
+        <v>0.44648285505837748</v>
+      </c>
+      <c r="BV54" s="9">
+        <v>0.74108260858052688</v>
+      </c>
+      <c r="BW54" s="9">
+        <v>-4.112248499823508</v>
+      </c>
+      <c r="BX54" s="9">
+        <v>1.8116239999060042</v>
+      </c>
+      <c r="BY54" s="9">
+        <v>0.87623135892791026</v>
+      </c>
+      <c r="BZ54" s="9">
+        <v>0.33021296066803529</v>
+      </c>
+      <c r="CA54" s="9">
+        <v>0.32228518438286358</v>
+      </c>
+      <c r="CB54" s="9">
+        <v>-0.12312051793959711</v>
+      </c>
+      <c r="CC54" s="9">
+        <v>-0.19571846884436184</v>
+      </c>
+      <c r="CD54" s="9">
+        <v>-0.32987747408105861</v>
+      </c>
+      <c r="CE54" s="9">
+        <v>-3.9655303896893201E-2</v>
+      </c>
+      <c r="CF54" s="9">
+        <v>-0.18500434855582171</v>
+      </c>
+      <c r="CG54" s="9">
+        <v>0.23884954771449429</v>
+      </c>
+      <c r="CH54" s="9">
+        <v>0.29470521853174603</v>
+      </c>
+      <c r="CI54" s="9">
+        <v>0.4877047466633968</v>
+      </c>
+      <c r="CJ54" s="9">
+        <v>0.34272485171287315</v>
+      </c>
+      <c r="CK54" s="9">
+        <v>0.58132082727007628</v>
+      </c>
+      <c r="CL54" s="9">
+        <v>0.67691154422789168</v>
+      </c>
+      <c r="CM54" s="9">
+        <v>0.37750459781240409</v>
+      </c>
+      <c r="CN54" s="9">
+        <v>1.0195831169794758</v>
+      </c>
+      <c r="CO54" s="9">
+        <v>0.53089742224700842</v>
+      </c>
+      <c r="CP54" s="9">
+        <v>0.74137647681828867</v>
+      </c>
+      <c r="CQ54" s="9">
+        <v>0.20808787543727192</v>
+      </c>
+      <c r="CR54" s="9">
+        <v>0.85594695010114208</v>
+      </c>
+      <c r="CS54" s="9">
+        <v>0.72493139874811163</v>
+      </c>
+      <c r="CT54" s="9">
+        <v>0.55020191876242563</v>
+      </c>
+      <c r="CU54" s="9">
+        <v>1.4138430535043369</v>
+      </c>
+      <c r="CV54" s="9">
+        <v>0.39672700223157165</v>
+      </c>
+      <c r="CW54" s="9">
+        <v>0.59413035386933188</v>
+      </c>
+      <c r="CX54" s="9">
+        <v>0.6542479433722832</v>
+      </c>
+      <c r="CY54" s="9">
+        <v>-4.2943668213780484E-2</v>
+      </c>
+      <c r="CZ54" s="9">
+        <v>-4.354296555469233</v>
+      </c>
+      <c r="DA54" s="9">
+        <v>6.1074078732234796</v>
+      </c>
+      <c r="DB54" s="9">
+        <v>0.77180719382555196</v>
+      </c>
+      <c r="DC54" s="9">
+        <v>1.2542008334453385</v>
+      </c>
+      <c r="DD54" s="9">
+        <v>0.90244679579944886</v>
+      </c>
+      <c r="DE54" s="9">
+        <v>0.77168260358999419</v>
+      </c>
+      <c r="DF54" s="9">
+        <v>0.7559807675359167</v>
+      </c>
+      <c r="DG54" s="9">
+        <v>0.54782893223573126</v>
+      </c>
+      <c r="DH54" s="9">
+        <v>-2.3198566844101265E-2</v>
+      </c>
+      <c r="DI54" s="9">
+        <v>1.0635143671123615E-2</v>
+      </c>
+      <c r="DJ54" s="9">
+        <v>-0.26262789011519772</v>
+      </c>
+      <c r="DK54" s="9">
+        <v>-0.36767794255435149</v>
+      </c>
+      <c r="DL54" s="9">
+        <v>-0.48772262073080697</v>
+      </c>
+      <c r="DM54" s="9">
+        <v>-0.57614348840543528</v>
+      </c>
+      <c r="DN54" s="9">
+        <v>-0.64831202884299444</v>
+      </c>
+      <c r="DO54" s="9">
+        <v>-0.62812992788381905</v>
+      </c>
+      <c r="DP54" s="9">
+        <v>-0.29148324469322517</v>
+      </c>
+      <c r="DQ54" s="9">
+        <v>-0.35226743024571761</v>
+      </c>
+      <c r="DR54" s="9">
+        <v>-8.9213517685664101E-2</v>
+      </c>
+      <c r="DS54" s="9">
+        <v>-4.5148236710531364E-2</v>
+      </c>
+      <c r="DT54" s="9">
+        <v>-0.17933618843683519</v>
+      </c>
+      <c r="DU54" s="9">
+        <v>-1.2066607674370289E-2</v>
+      </c>
+      <c r="DV54" s="9">
+        <v>5.6934530295933428E-3</v>
+      </c>
+    </row>
+    <row r="55" spans="1:126" s="5" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B55" s="10"/>
+      <c r="C55" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D55" s="9">
+        <v>-0.11390001149240447</v>
+      </c>
+      <c r="E55" s="9">
+        <v>6.7552173516816083E-2</v>
+      </c>
+      <c r="F55" s="9">
+        <v>-0.23780982727195976</v>
+      </c>
+      <c r="G55" s="9">
+        <v>-0.14583314314926099</v>
+      </c>
+      <c r="H55" s="9">
+        <v>0.12490486431879333</v>
+      </c>
+      <c r="I55" s="9">
+        <v>0.46372861546819877</v>
+      </c>
+      <c r="J55" s="9">
+        <v>9.6566547984622275E-3</v>
+      </c>
+      <c r="K55" s="9">
+        <v>0.55480644820499947</v>
+      </c>
+      <c r="L55" s="9">
+        <v>0.21848392041943043</v>
+      </c>
+      <c r="M55" s="9">
+        <v>0.63418345779906815</v>
+      </c>
+      <c r="N55" s="9">
+        <v>0.54371263655824009</v>
+      </c>
+      <c r="O55" s="9">
+        <v>-5.0801856050270544E-2</v>
+      </c>
+      <c r="P55" s="9">
+        <v>0.68316411209285377</v>
+      </c>
+      <c r="Q55" s="9">
+        <v>-0.51966282805516073</v>
+      </c>
+      <c r="R55" s="9">
+        <v>0.46094744620425843</v>
+      </c>
+      <c r="S55" s="9">
+        <v>1.0316530154221795</v>
+      </c>
+      <c r="T55" s="9">
+        <v>0.82770583275495824</v>
+      </c>
+      <c r="U55" s="9">
+        <v>0.98348390801096741</v>
+      </c>
+      <c r="V55" s="9">
+        <v>0.60174536307171422</v>
+      </c>
+      <c r="W55" s="9">
+        <v>-9.2376528012678705E-2</v>
+      </c>
+      <c r="X55" s="9">
+        <v>0.11967553679890841</v>
+      </c>
+      <c r="Y55" s="9">
+        <v>0.40268643108313995</v>
+      </c>
+      <c r="Z55" s="9">
+        <v>0.24162338513617954</v>
+      </c>
+      <c r="AA55" s="9">
+        <v>-5.6884393899437669E-2</v>
+      </c>
+      <c r="AB55" s="9">
+        <v>0.34426667262430044</v>
+      </c>
+      <c r="AC55" s="9">
+        <v>0.19921438075496667</v>
+      </c>
+      <c r="AD55" s="9">
+        <v>0.18294670103398403</v>
+      </c>
+      <c r="AE55" s="9">
+        <v>-0.54266259546500351</v>
+      </c>
+      <c r="AF55" s="9">
+        <v>8.1025831629816025E-2</v>
+      </c>
+      <c r="AG55" s="9">
+        <v>-9.8680231484721048E-2</v>
+      </c>
+      <c r="AH55" s="9">
+        <v>-0.11895809701032078</v>
+      </c>
+      <c r="AI55" s="9">
+        <v>0.59081995942101173</v>
+      </c>
+      <c r="AJ55" s="9">
+        <v>3.5731502076231436E-2</v>
+      </c>
+      <c r="AK55" s="9">
+        <v>-0.17415527295246136</v>
+      </c>
+      <c r="AL55" s="9">
+        <v>4.0227220277984088E-3</v>
+      </c>
+      <c r="AM55" s="9">
+        <v>1.0585684766795111E-3</v>
+      </c>
+      <c r="AN55" s="9">
+        <v>1.323196588904807E-2</v>
+      </c>
+      <c r="AO55" s="9">
+        <v>-8.0228025406242409E-2</v>
+      </c>
+      <c r="AP55" s="9">
+        <v>0.14639070641460705</v>
+      </c>
+      <c r="AQ55" s="9">
+        <v>0.15897511293789535</v>
+      </c>
+      <c r="AR55" s="9">
+        <v>-0.18691904610037113</v>
+      </c>
+      <c r="AS55" s="9">
+        <v>0.34935736020416641</v>
+      </c>
+      <c r="AT55" s="9">
+        <v>0.31861975020717637</v>
+      </c>
+      <c r="AU55" s="9">
+        <v>0.27094403712921178</v>
+      </c>
+      <c r="AV55" s="9">
+        <v>0.429530032513469</v>
+      </c>
+      <c r="AW55" s="9">
+        <v>0.48269398558076659</v>
+      </c>
+      <c r="AX55" s="9">
+        <v>0.43706357260002449</v>
+      </c>
+      <c r="AY55" s="9">
+        <v>0.35025961817876805</v>
+      </c>
+      <c r="AZ55" s="9">
+        <v>0.69611617668880399</v>
+      </c>
+      <c r="BA55" s="9">
+        <v>0.53656644551081456</v>
+      </c>
+      <c r="BB55" s="9">
+        <v>0.26903994576447587</v>
+      </c>
+      <c r="BC55" s="9">
+        <v>1.2815918377706055</v>
+      </c>
+      <c r="BD55" s="9">
+        <v>0.28356666522995511</v>
+      </c>
+      <c r="BE55" s="9">
+        <v>-8.1561013835369067E-2</v>
+      </c>
+      <c r="BF55" s="9">
+        <v>-0.4161406555415823</v>
+      </c>
+      <c r="BG55" s="9">
+        <v>-0.13129054487082215</v>
+      </c>
+      <c r="BH55" s="9">
+        <v>-0.86321093950381567</v>
+      </c>
+      <c r="BI55" s="9">
+        <v>-0.46225039645378274</v>
+      </c>
+      <c r="BJ55" s="9">
+        <v>0.38580836791336992</v>
+      </c>
+      <c r="BK55" s="9">
+        <v>0.13809321698303734</v>
+      </c>
+      <c r="BL55" s="9">
+        <v>0.41512793525060943</v>
+      </c>
+      <c r="BM55" s="9">
+        <v>0.53903075444108595</v>
+      </c>
+      <c r="BN55" s="9">
+        <v>0.8067221489021108</v>
+      </c>
+      <c r="BO55" s="9">
+        <v>0.65689183453459066</v>
+      </c>
+      <c r="BP55" s="9">
+        <v>0.48264850894670985</v>
+      </c>
+      <c r="BQ55" s="9">
+        <v>0.40447822210838069</v>
+      </c>
+      <c r="BR55" s="9">
+        <v>5.1214580261202514E-2</v>
+      </c>
+      <c r="BS55" s="9">
+        <v>0.3232123542430827</v>
+      </c>
+      <c r="BT55" s="9">
+        <v>0.42284951307793506</v>
+      </c>
+      <c r="BU55" s="9">
+        <v>0.31633710828948836</v>
+      </c>
+      <c r="BV55" s="9">
+        <v>0.83579540768555205</v>
+      </c>
+      <c r="BW55" s="9">
+        <v>-0.80558172295572206</v>
+      </c>
+      <c r="BX55" s="9">
+        <v>0.55399431745979655</v>
+      </c>
+      <c r="BY55" s="9">
+        <v>0.44414945957313989</v>
+      </c>
+      <c r="BZ55" s="9">
+        <v>-7.3473480395563229E-2</v>
+      </c>
+      <c r="CA55" s="9">
+        <v>0.51373138144244024</v>
+      </c>
+      <c r="CB55" s="9">
+        <v>-5.2401479481190449E-2</v>
+      </c>
+      <c r="CC55" s="9">
+        <v>0.28147076607503152</v>
+      </c>
+      <c r="CD55" s="9">
+        <v>7.4415693697375218E-2</v>
+      </c>
+      <c r="CE55" s="9">
+        <v>0.60031688952528839</v>
+      </c>
+      <c r="CF55" s="9">
+        <v>0.31310323783242211</v>
+      </c>
+      <c r="CG55" s="9">
+        <v>0.23985708712035603</v>
+      </c>
+      <c r="CH55" s="9">
+        <v>0.32740041806225406</v>
+      </c>
+      <c r="CI55" s="9">
+        <v>0.34117381829112503</v>
+      </c>
+      <c r="CJ55" s="9">
+        <v>0.20792142236601308</v>
+      </c>
+      <c r="CK55" s="9">
+        <v>0.44655660945822717</v>
+      </c>
+      <c r="CL55" s="9">
+        <v>0.24451424069911809</v>
+      </c>
+      <c r="CM55" s="9">
+        <v>7.9326642061488428E-2</v>
+      </c>
+      <c r="CN55" s="9">
+        <v>0.22388537069022618</v>
+      </c>
+      <c r="CO55" s="9">
+        <v>0.21987027931015746</v>
+      </c>
+      <c r="CP55" s="9">
+        <v>0.32137513855956001</v>
+      </c>
+      <c r="CQ55" s="9">
+        <v>0.62698318507459305</v>
+      </c>
+      <c r="CR55" s="9">
+        <v>0.26541326024029388</v>
+      </c>
+      <c r="CS55" s="9">
+        <v>0.37048553392133954</v>
+      </c>
+      <c r="CT55" s="9">
+        <v>0.55790146920413974</v>
+      </c>
+      <c r="CU55" s="9">
+        <v>0.38007973814519858</v>
+      </c>
+      <c r="CV55" s="9">
+        <v>0.11133311732729112</v>
+      </c>
+      <c r="CW55" s="9">
+        <v>0.29056465018516064</v>
+      </c>
+      <c r="CX55" s="9">
+        <v>0.3271931578084093</v>
+      </c>
+      <c r="CY55" s="9">
+        <v>-1.9933899154663521</v>
+      </c>
+      <c r="CZ55" s="9">
+        <v>-10.438795539019893</v>
+      </c>
+      <c r="DA55" s="9">
+        <v>8.7221227479598014</v>
+      </c>
+      <c r="DB55" s="9">
+        <v>-2.6114344351316987</v>
+      </c>
+      <c r="DC55" s="9">
+        <v>-4.5045088350093181</v>
+      </c>
+      <c r="DD55" s="9">
+        <v>5.6872624770341957</v>
+      </c>
+      <c r="DE55" s="9">
+        <v>4.2954112046088113</v>
+      </c>
+      <c r="DF55" s="9">
+        <v>9.3888823942009481E-2</v>
+      </c>
+      <c r="DG55" s="9">
+        <v>0.29043560778873712</v>
+      </c>
+      <c r="DH55" s="9">
+        <v>1.5742551106654901</v>
+      </c>
+      <c r="DI55" s="9">
+        <v>0.3129629729153578</v>
+      </c>
+      <c r="DJ55" s="9">
+        <v>0.33002357311235642</v>
+      </c>
+      <c r="DK55" s="9">
+        <v>0.3262680488707872</v>
+      </c>
+      <c r="DL55" s="9">
+        <v>-0.13403921999996271</v>
+      </c>
+      <c r="DM55" s="9">
+        <v>0.13448561030619999</v>
+      </c>
+      <c r="DN55" s="9">
+        <v>0.43813232678513714</v>
+      </c>
+      <c r="DO55" s="9">
+        <v>0.31486702277993572</v>
+      </c>
+      <c r="DP55" s="9">
+        <v>0.1715107295457301</v>
+      </c>
+      <c r="DQ55" s="9">
+        <v>0.18774110361181329</v>
+      </c>
+      <c r="DR55" s="9">
+        <v>0.10430986609910065</v>
+      </c>
+      <c r="DS55" s="9">
+        <v>-0.11471769281598654</v>
+      </c>
+      <c r="DT55" s="9">
+        <v>-0.24829941224106733</v>
+      </c>
+      <c r="DU55" s="9">
+        <v>9.2354539401526381E-2</v>
+      </c>
+      <c r="DV55" s="9">
+        <v>0.13904244092645968</v>
+      </c>
+    </row>
+    <row r="56" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B56" s="10"/>
+      <c r="C56" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D56" s="9">
+        <v>1.173846695621549</v>
+      </c>
+      <c r="E56" s="9">
+        <v>0.22210067458937033</v>
+      </c>
+      <c r="F56" s="9">
+        <v>0.94431673474788624</v>
+      </c>
+      <c r="G56" s="9">
+        <v>-0.8978013696385716</v>
+      </c>
+      <c r="H56" s="9">
+        <v>-0.26946602744256154</v>
+      </c>
+      <c r="I56" s="9">
+        <v>0.61498168316012425</v>
+      </c>
+      <c r="J56" s="9">
+        <v>0.14498006524104312</v>
+      </c>
+      <c r="K56" s="9">
+        <v>2.6091534234856653</v>
+      </c>
+      <c r="L56" s="9">
+        <v>1.6225229269543888</v>
+      </c>
+      <c r="M56" s="9">
+        <v>0.24454120913794952</v>
+      </c>
+      <c r="N56" s="9">
+        <v>1.2102803002880194</v>
+      </c>
+      <c r="O56" s="9">
+        <v>1.8178142688312562</v>
+      </c>
+      <c r="P56" s="9">
+        <v>2.3153168288100971</v>
+      </c>
+      <c r="Q56" s="9">
+        <v>5.2035287268819275</v>
+      </c>
+      <c r="R56" s="9">
+        <v>2.8320492629009948</v>
+      </c>
+      <c r="S56" s="9">
+        <v>-1.2211107278371713</v>
+      </c>
+      <c r="T56" s="9">
+        <v>1.528146389160483</v>
+      </c>
+      <c r="U56" s="9">
+        <v>2.0444664575422422</v>
+      </c>
+      <c r="V56" s="9">
+        <v>2.7693137387083624</v>
+      </c>
+      <c r="W56" s="9">
+        <v>1.0337951301427211</v>
+      </c>
+      <c r="X56" s="9">
+        <v>2.4022230301770975</v>
+      </c>
+      <c r="Y56" s="9">
+        <v>0.89777078948034728</v>
+      </c>
+      <c r="Z56" s="9">
+        <v>11.172552469523694</v>
+      </c>
+      <c r="AA56" s="9">
+        <v>-3.2986660637576222</v>
+      </c>
+      <c r="AB56" s="9">
+        <v>-3.7735849056603854</v>
+      </c>
+      <c r="AC56" s="9">
+        <v>-1.6437058094613235</v>
+      </c>
+      <c r="AD56" s="9">
+        <v>0.88808191598424457</v>
+      </c>
+      <c r="AE56" s="9">
+        <v>1.088393731635648</v>
+      </c>
+      <c r="AF56" s="9">
+        <v>2.8800155021860405</v>
+      </c>
+      <c r="AG56" s="9">
+        <v>1.2278244081603873</v>
+      </c>
+      <c r="AH56" s="9">
+        <v>-1.0675659960460422</v>
+      </c>
+      <c r="AI56" s="9">
+        <v>-0.49722587925522532</v>
+      </c>
+      <c r="AJ56" s="9">
+        <v>-2.4666564283098324</v>
+      </c>
+      <c r="AK56" s="9">
+        <v>-2.2359225300081107</v>
+      </c>
+      <c r="AL56" s="9">
+        <v>-1.2475995787647918</v>
+      </c>
+      <c r="AM56" s="9">
+        <v>0.44412104180257472</v>
+      </c>
+      <c r="AN56" s="9">
+        <v>-0.1011715920161862</v>
+      </c>
+      <c r="AO56" s="9">
+        <v>-0.64140233305408856</v>
+      </c>
+      <c r="AP56" s="9">
+        <v>-0.50963910001510726</v>
+      </c>
+      <c r="AQ56" s="9">
+        <v>-0.42877199195578442</v>
+      </c>
+      <c r="AR56" s="9">
+        <v>0.16767440678826517</v>
+      </c>
+      <c r="AS56" s="9">
+        <v>0.73678604037739603</v>
+      </c>
+      <c r="AT56" s="9">
+        <v>-0.524944295479429</v>
+      </c>
+      <c r="AU56" s="9">
+        <v>0.90103771197165372</v>
+      </c>
+      <c r="AV56" s="9">
+        <v>-0.50418903326142583</v>
+      </c>
+      <c r="AW56" s="9">
+        <v>-1.3399722677423398</v>
+      </c>
+      <c r="AX56" s="9">
+        <v>1.7286979186630589</v>
+      </c>
+      <c r="AY56" s="9">
+        <v>-2.3411203215272565</v>
+      </c>
+      <c r="AZ56" s="9">
+        <v>-0.93497607901640833</v>
+      </c>
+      <c r="BA56" s="9">
+        <v>2.8054369133703005</v>
+      </c>
+      <c r="BB56" s="9">
+        <v>0.28286399797954687</v>
+      </c>
+      <c r="BC56" s="9">
+        <v>1.9064648550633336</v>
+      </c>
+      <c r="BD56" s="9">
+        <v>0.11120996441280795</v>
+      </c>
+      <c r="BE56" s="9">
+        <v>-0.91090868695845018</v>
+      </c>
+      <c r="BF56" s="9">
+        <v>-2.4202790234180327</v>
+      </c>
+      <c r="BG56" s="9">
+        <v>4.9887026564714034</v>
+      </c>
+      <c r="BH56" s="9">
+        <v>-3.580764788133024</v>
+      </c>
+      <c r="BI56" s="9">
+        <v>-1.3013871374527071</v>
+      </c>
+      <c r="BJ56" s="9">
+        <v>1.3594316962232398</v>
+      </c>
+      <c r="BK56" s="9">
+        <v>1.8302828618968618</v>
+      </c>
+      <c r="BL56" s="9">
+        <v>1.5993265993265737</v>
+      </c>
+      <c r="BM56" s="9">
+        <v>0.11696476436473802</v>
+      </c>
+      <c r="BN56" s="9">
+        <v>0.4721803047266917</v>
+      </c>
+      <c r="BO56" s="9">
+        <v>2.1015019379844802</v>
+      </c>
+      <c r="BP56" s="9">
+        <v>0.64653894062519157</v>
+      </c>
+      <c r="BQ56" s="9">
+        <v>0.89344648750588362</v>
+      </c>
+      <c r="BR56" s="9">
+        <v>0.59464006168367689</v>
+      </c>
+      <c r="BS56" s="9">
+        <v>0.87333201714146469</v>
+      </c>
+      <c r="BT56" s="9">
+        <v>0.68041308327289585</v>
+      </c>
+      <c r="BU56" s="9">
+        <v>1.1114922813036117</v>
+      </c>
+      <c r="BV56" s="9">
+        <v>0.86969306281244485</v>
+      </c>
+      <c r="BW56" s="9">
+        <v>-0.25787355226424324</v>
+      </c>
+      <c r="BX56" s="9">
+        <v>0.99706613010195611</v>
+      </c>
+      <c r="BY56" s="9">
+        <v>1.1063128839818432</v>
+      </c>
+      <c r="BZ56" s="9">
+        <v>0.72543537130403024</v>
+      </c>
+      <c r="CA56" s="9">
+        <v>0.76064742461829837</v>
+      </c>
+      <c r="CB56" s="9">
+        <v>0.85143768235408857</v>
+      </c>
+      <c r="CC56" s="9">
+        <v>0.53236110214879773</v>
+      </c>
+      <c r="CD56" s="9">
+        <v>0.4129358023898817</v>
+      </c>
+      <c r="CE56" s="9">
+        <v>0.19389961965843838</v>
+      </c>
+      <c r="CF56" s="9">
+        <v>-0.36684565899302868</v>
+      </c>
+      <c r="CG56" s="9">
+        <v>0.46851654215581107</v>
+      </c>
+      <c r="CH56" s="9">
+        <v>0.939036955990602</v>
+      </c>
+      <c r="CI56" s="9">
+        <v>2.0973869484230363</v>
+      </c>
+      <c r="CJ56" s="9">
+        <v>1.6172590088232823</v>
+      </c>
+      <c r="CK56" s="9">
+        <v>1.1573768828929474</v>
+      </c>
+      <c r="CL56" s="9">
+        <v>0.85534364157791742</v>
+      </c>
+      <c r="CM56" s="9">
+        <v>0.29727875600275411</v>
+      </c>
+      <c r="CN56" s="9">
+        <v>0.97444437835802944</v>
+      </c>
+      <c r="CO56" s="9">
+        <v>0.734334043451355</v>
+      </c>
+      <c r="CP56" s="9">
+        <v>1.0291494898108482</v>
+      </c>
+      <c r="CQ56" s="9">
+        <v>0.95692856798339676</v>
+      </c>
+      <c r="CR56" s="9">
+        <v>1.3147711094336785</v>
+      </c>
+      <c r="CS56" s="9">
+        <v>0.93744400328199617</v>
+      </c>
+      <c r="CT56" s="9">
+        <v>0.78671737038318668</v>
+      </c>
+      <c r="CU56" s="9">
+        <v>1.2181442305018209</v>
+      </c>
+      <c r="CV56" s="9">
+        <v>0.93237958290208667</v>
+      </c>
+      <c r="CW56" s="9">
+        <v>0.7377428516982576</v>
+      </c>
+      <c r="CX56" s="9">
+        <v>1.4917037490767058</v>
+      </c>
+      <c r="CY56" s="9">
+        <v>0.30354131534568296</v>
+      </c>
+      <c r="CZ56" s="9">
+        <v>-1.1972179945492485</v>
+      </c>
+      <c r="DA56" s="9">
+        <v>1.7571355645312821</v>
+      </c>
+      <c r="DB56" s="9">
+        <v>0.88099911107981654</v>
+      </c>
+      <c r="DC56" s="9">
+        <v>-9.9457346757176879E-2</v>
+      </c>
+      <c r="DD56" s="9">
+        <v>2.067104481782934</v>
+      </c>
+      <c r="DE56" s="9">
+        <v>1.485347593582901</v>
+      </c>
+      <c r="DF56" s="9">
+        <v>1.6819687887295203</v>
+      </c>
+      <c r="DG56" s="9">
+        <v>1.3092217634280274</v>
+      </c>
+      <c r="DH56" s="9">
+        <v>1.2464705160207785</v>
+      </c>
+      <c r="DI56" s="9">
+        <v>0.64183399618455894</v>
+      </c>
+      <c r="DJ56" s="9">
+        <v>1.2296991212992623</v>
+      </c>
+      <c r="DK56" s="9">
+        <v>1.3377448763419011</v>
+      </c>
+      <c r="DL56" s="9">
+        <v>0.6193283693107503</v>
+      </c>
+      <c r="DM56" s="9">
+        <v>0.35483619951754974</v>
+      </c>
+      <c r="DN56" s="9">
+        <v>0.51719057736147533</v>
+      </c>
+      <c r="DO56" s="9">
+        <v>0.60015582451997318</v>
+      </c>
+      <c r="DP56" s="9">
+        <v>0.8749261948761955</v>
+      </c>
+      <c r="DQ56" s="9">
+        <v>0.36411457066407138</v>
+      </c>
+      <c r="DR56" s="9">
+        <v>-1.017942755867935</v>
+      </c>
+      <c r="DS56" s="9">
+        <v>-0.2869451437403967</v>
+      </c>
+      <c r="DT56" s="9">
+        <v>-0.49880287310455174</v>
+      </c>
+      <c r="DU56" s="9">
+        <v>-0.47662383736175684</v>
+      </c>
+      <c r="DV56" s="9">
+        <v>-0.23181783877200246</v>
+      </c>
+    </row>
+    <row r="57" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" s="11"/>
+      <c r="C57" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D57" s="9">
+        <v>0.10871672130593879</v>
+      </c>
+      <c r="E57" s="9">
+        <v>-0.18352331082787998</v>
+      </c>
+      <c r="F57" s="9">
+        <v>-0.22181364280412197</v>
+      </c>
+      <c r="G57" s="9">
+        <v>-0.46405477367821391</v>
+      </c>
+      <c r="H57" s="9">
+        <v>-0.23862902951866261</v>
+      </c>
+      <c r="I57" s="9">
+        <v>2.7239838263469096E-2</v>
+      </c>
+      <c r="J57" s="9">
+        <v>6.4676997966060412E-2</v>
+      </c>
+      <c r="K57" s="9">
+        <v>0.33933476778105387</v>
+      </c>
+      <c r="L57" s="9">
+        <v>0.21782983844992998</v>
+      </c>
+      <c r="M57" s="9">
+        <v>0.22750530704757921</v>
+      </c>
+      <c r="N57" s="9">
+        <v>-4.7254193809692424E-2</v>
+      </c>
+      <c r="O57" s="9">
+        <v>-0.17644277850943979</v>
+      </c>
+      <c r="P57" s="9">
+        <v>3.8057221146289066E-2</v>
+      </c>
+      <c r="Q57" s="9">
+        <v>-0.10821046936291623</v>
+      </c>
+      <c r="R57" s="9">
+        <v>0.18788083953961632</v>
+      </c>
+      <c r="S57" s="9">
+        <v>0.40462232433984013</v>
+      </c>
+      <c r="T57" s="9">
+        <v>-9.8434305617487894E-2</v>
+      </c>
+      <c r="U57" s="9">
+        <v>-5.726605133732221E-2</v>
+      </c>
+      <c r="V57" s="9">
+        <v>-0.23172334760187141</v>
+      </c>
+      <c r="W57" s="9">
+        <v>-0.65202152008851044</v>
+      </c>
+      <c r="X57" s="9">
+        <v>-0.11731800831428529</v>
+      </c>
+      <c r="Y57" s="9">
+        <v>7.4899353993075124E-2</v>
+      </c>
+      <c r="Z57" s="9">
+        <v>0.38697386438056469</v>
+      </c>
+      <c r="AA57" s="9">
+        <v>-9.8276767710999025E-2</v>
+      </c>
+      <c r="AB57" s="9">
+        <v>0.62925083532623205</v>
+      </c>
+      <c r="AC57" s="9">
+        <v>8.343165346367698E-2</v>
+      </c>
+      <c r="AD57" s="9">
+        <v>-0.31829166631581529</v>
+      </c>
+      <c r="AE57" s="9">
+        <v>-3.5478666340040377E-2</v>
+      </c>
+      <c r="AF57" s="9">
+        <v>-0.8222141474915361</v>
+      </c>
+      <c r="AG57" s="9">
+        <v>0.24538622769796348</v>
+      </c>
+      <c r="AH57" s="9">
+        <v>0.20653781426895534</v>
+      </c>
+      <c r="AI57" s="9">
+        <v>0.33164541930668179</v>
+      </c>
+      <c r="AJ57" s="9">
+        <v>0.19951305288788035</v>
+      </c>
+      <c r="AK57" s="9">
+        <v>-0.45560392831831109</v>
+      </c>
+      <c r="AL57" s="9">
+        <v>-0.21867371847029915</v>
+      </c>
+      <c r="AM57" s="9">
+        <v>-0.70672578699692679</v>
+      </c>
+      <c r="AN57" s="9">
+        <v>-0.29685013773162439</v>
+      </c>
+      <c r="AO57" s="9">
+        <v>2.5740688305972981E-3</v>
+      </c>
+      <c r="AP57" s="9">
+        <v>0.30373230373230342</v>
+      </c>
+      <c r="AQ57" s="9">
+        <v>0.68090056798742182</v>
+      </c>
+      <c r="AR57" s="9">
+        <v>0.40781648258283099</v>
+      </c>
+      <c r="AS57" s="9">
+        <v>0.52970045693010093</v>
+      </c>
+      <c r="AT57" s="9">
+        <v>0.88631887278421573</v>
+      </c>
+      <c r="AU57" s="9">
+        <v>0.28366664163725375</v>
+      </c>
+      <c r="AV57" s="9">
+        <v>0.50998760389020958</v>
+      </c>
+      <c r="AW57" s="9">
+        <v>0.43455948084627494</v>
+      </c>
+      <c r="AX57" s="9">
+        <v>0.24230037004375049</v>
+      </c>
+      <c r="AY57" s="9">
+        <v>0.20718402380973089</v>
+      </c>
+      <c r="AZ57" s="9">
+        <v>-0.11076196024055207</v>
+      </c>
+      <c r="BA57" s="9">
+        <v>0.63820350231627287</v>
+      </c>
+      <c r="BB57" s="9">
+        <v>0.2562742297490388</v>
+      </c>
+      <c r="BC57" s="9">
+        <v>0.31667467172478325</v>
+      </c>
+      <c r="BD57" s="9">
+        <v>0.1541857370078219</v>
+      </c>
+      <c r="BE57" s="9">
+        <v>0.29979419533616181</v>
+      </c>
+      <c r="BF57" s="9">
+        <v>0.20034252108442274</v>
+      </c>
+      <c r="BG57" s="9">
+        <v>-0.29991292850462514</v>
+      </c>
+      <c r="BH57" s="9">
+        <v>-6.3882779143483504E-2</v>
+      </c>
+      <c r="BI57" s="9">
+        <v>0.14645790346725107</v>
+      </c>
+      <c r="BJ57" s="9">
+        <v>0.28844755425561175</v>
+      </c>
+      <c r="BK57" s="9">
+        <v>0.40685449110962679</v>
+      </c>
+      <c r="BL57" s="9">
+        <v>0.69807747857623781</v>
+      </c>
+      <c r="BM57" s="9">
+        <v>-6.3746035793457168E-3</v>
+      </c>
+      <c r="BN57" s="9">
+        <v>-0.33150051796954472</v>
+      </c>
+      <c r="BO57" s="9">
+        <v>-0.42934582727023951</v>
+      </c>
+      <c r="BP57" s="9">
+        <v>-8.8327163814767573E-3</v>
+      </c>
+      <c r="BQ57" s="9">
+        <v>-0.15257857796765961</v>
+      </c>
+      <c r="BR57" s="9">
+        <v>0.41500450392484822</v>
+      </c>
+      <c r="BS57" s="9">
+        <v>0.3996732130842986</v>
+      </c>
+      <c r="BT57" s="9">
+        <v>-0.15955197804564136</v>
+      </c>
+      <c r="BU57" s="9">
+        <v>-0.77905889685260377</v>
+      </c>
+      <c r="BV57" s="9">
+        <v>-1.3376175750547645</v>
+      </c>
+      <c r="BW57" s="9">
+        <v>1.0047749255193139</v>
+      </c>
+      <c r="BX57" s="9">
+        <v>-0.92770675415771109</v>
+      </c>
+      <c r="BY57" s="9">
+        <v>-0.65417054111811979</v>
+      </c>
+      <c r="BZ57" s="9">
+        <v>-0.2504187329633254</v>
+      </c>
+      <c r="CA57" s="9">
+        <v>-1.3663563556148119</v>
+      </c>
+      <c r="CB57" s="9">
+        <v>1.0331216463185626</v>
+      </c>
+      <c r="CC57" s="9">
+        <v>0.56414110961517849</v>
+      </c>
+      <c r="CD57" s="9">
+        <v>0.53140810828568874</v>
+      </c>
+      <c r="CE57" s="9">
+        <v>-3.053946519170907</v>
+      </c>
+      <c r="CF57" s="9">
+        <v>0.46771896410781721</v>
+      </c>
+      <c r="CG57" s="9">
+        <v>0.53180781103208119</v>
+      </c>
+      <c r="CH57" s="9">
+        <v>-0.32874426366291232</v>
+      </c>
+      <c r="CI57" s="9">
+        <v>0.10129252611838524</v>
+      </c>
+      <c r="CJ57" s="9">
+        <v>-0.7342549152429001</v>
+      </c>
+      <c r="CK57" s="9">
+        <v>-0.82393280482564535</v>
+      </c>
+      <c r="CL57" s="9">
+        <v>-1.1382845881363579</v>
+      </c>
+      <c r="CM57" s="9">
+        <v>0.1383387322673002</v>
+      </c>
+      <c r="CN57" s="9">
+        <v>-0.49081018002094368</v>
+      </c>
+      <c r="CO57" s="9">
+        <v>-0.40786410278521146</v>
+      </c>
+      <c r="CP57" s="9">
+        <v>-0.51170160263902176</v>
+      </c>
+      <c r="CQ57" s="9">
+        <v>0.96513672044974896</v>
+      </c>
+      <c r="CR57" s="9">
+        <v>-0.18704477869241032</v>
+      </c>
+      <c r="CS57" s="9">
+        <v>3.1088619838001819E-2</v>
+      </c>
+      <c r="CT57" s="9">
+        <v>0.55855793635718953</v>
+      </c>
+      <c r="CU57" s="9">
+        <v>-0.34340364522968514</v>
+      </c>
+      <c r="CV57" s="9">
+        <v>0.50137404054065371</v>
+      </c>
+      <c r="CW57" s="9">
+        <v>0.46372886004988345</v>
+      </c>
+      <c r="CX57" s="9">
+        <v>0.32678065595031569</v>
+      </c>
+      <c r="CY57" s="9">
+        <v>-1.1795521613783819</v>
+      </c>
+      <c r="CZ57" s="9">
+        <v>-0.38812392426851261</v>
+      </c>
+      <c r="DA57" s="9">
+        <v>0.61253228969579254</v>
+      </c>
+      <c r="DB57" s="9">
+        <v>0.49116419653437049</v>
+      </c>
+      <c r="DC57" s="9">
+        <v>0.76476117234895469</v>
+      </c>
+      <c r="DD57" s="9">
+        <v>-0.23404706381174378</v>
+      </c>
+      <c r="DE57" s="9">
+        <v>-0.46069239857541788</v>
+      </c>
+      <c r="DF57" s="9">
+        <v>-0.58066554518516966</v>
+      </c>
+      <c r="DG57" s="9">
+        <v>-1.3648036967370274</v>
+      </c>
+      <c r="DH57" s="9">
+        <v>-0.37182814051097068</v>
+      </c>
+      <c r="DI57" s="9">
+        <v>-0.45799791978043913</v>
+      </c>
+      <c r="DJ57" s="9">
+        <v>1.0448953787526278</v>
+      </c>
+      <c r="DK57" s="9">
+        <v>-1.2600258957046151</v>
+      </c>
+      <c r="DL57" s="9">
+        <v>0.31770617898916953</v>
+      </c>
+      <c r="DM57" s="9">
+        <v>0.73077867845738353</v>
+      </c>
+      <c r="DN57" s="9">
+        <v>0.79863439614705101</v>
+      </c>
+      <c r="DO57" s="9">
+        <v>1.7340890632290211</v>
+      </c>
+      <c r="DP57" s="9">
+        <v>0.77285659688308783</v>
+      </c>
+      <c r="DQ57" s="9">
+        <v>8.5120728161470538E-2</v>
+      </c>
+      <c r="DR57" s="9">
+        <v>-0.19535855030483162</v>
+      </c>
+      <c r="DS57" s="9">
+        <v>0.59228510681381863</v>
+      </c>
+      <c r="DT57" s="9">
+        <v>0.32291614245214362</v>
+      </c>
+      <c r="DU57" s="9">
+        <v>-0.19814231132588134</v>
+      </c>
+      <c r="DV57" s="9">
+        <v>-0.62889470005991654</v>
+      </c>
+    </row>
+    <row r="58" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B58" s="11"/>
+      <c r="C58" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D58" s="9">
+        <v>0.63415343242358801</v>
+      </c>
+      <c r="E58" s="9">
+        <v>0.35570481916833785</v>
+      </c>
+      <c r="F58" s="9">
+        <v>1.1856783015473269</v>
+      </c>
+      <c r="G58" s="9">
+        <v>1.0579846725582058</v>
+      </c>
+      <c r="H58" s="9">
+        <v>0.51377696449308985</v>
+      </c>
+      <c r="I58" s="9">
+        <v>0.45338374820570948</v>
+      </c>
+      <c r="J58" s="9">
+        <v>-1.1414132613052175</v>
+      </c>
+      <c r="K58" s="9">
+        <v>-1.6111404900405262</v>
+      </c>
+      <c r="L58" s="9">
+        <v>-0.69334957718216117</v>
+      </c>
+      <c r="M58" s="9">
+        <v>-0.32654386692887272</v>
+      </c>
+      <c r="N58" s="9">
+        <v>0.76201853460757718</v>
+      </c>
+      <c r="O58" s="9">
+        <v>1.3167112755752868</v>
+      </c>
+      <c r="P58" s="9">
+        <v>1.2907343711215873</v>
+      </c>
+      <c r="Q58" s="9">
+        <v>1.7048835988097437</v>
+      </c>
+      <c r="R58" s="9">
+        <v>1.7313782183670696</v>
+      </c>
+      <c r="S58" s="9">
+        <v>1.2958890204703124</v>
+      </c>
+      <c r="T58" s="9">
+        <v>0.84842006814082538</v>
+      </c>
+      <c r="U58" s="9">
+        <v>0.26497085320613678</v>
+      </c>
+      <c r="V58" s="9">
+        <v>8.2584566596196396E-2</v>
+      </c>
+      <c r="W58" s="9">
+        <v>-1.1519292339175422</v>
+      </c>
+      <c r="X58" s="9">
+        <v>0.45245091491918288</v>
+      </c>
+      <c r="Y58" s="9">
+        <v>-0.3506905778915268</v>
+      </c>
+      <c r="Z58" s="9">
+        <v>-1.2525852291680621</v>
+      </c>
+      <c r="AA58" s="9">
+        <v>1.6451313233679628</v>
+      </c>
+      <c r="AB58" s="9">
+        <v>-0.40878047159309006</v>
+      </c>
+      <c r="AC58" s="9">
+        <v>-0.18520681427594354</v>
+      </c>
+      <c r="AD58" s="9">
+        <v>0.23068436361204192</v>
+      </c>
+      <c r="AE58" s="9">
+        <v>-0.82888592394930072</v>
+      </c>
+      <c r="AF58" s="9">
+        <v>-0.95857928459714969</v>
+      </c>
+      <c r="AG58" s="9">
+        <v>0.40751872039122361</v>
+      </c>
+      <c r="AH58" s="9">
+        <v>1.043410616745291</v>
+      </c>
+      <c r="AI58" s="9">
+        <v>0.19916317991632582</v>
+      </c>
+      <c r="AJ58" s="9">
+        <v>-0.34408458467655123</v>
+      </c>
+      <c r="AK58" s="9">
+        <v>-0.88161842347854247</v>
+      </c>
+      <c r="AL58" s="9">
+        <v>-0.85056732671593238</v>
+      </c>
+      <c r="AM58" s="9">
+        <v>-1.4837807415492676</v>
+      </c>
+      <c r="AN58" s="9">
+        <v>-0.38432241534519562</v>
+      </c>
+      <c r="AO58" s="9">
+        <v>0.58218344861144544</v>
+      </c>
+      <c r="AP58" s="9">
+        <v>1.5463828463811069</v>
+      </c>
+      <c r="AQ58" s="9">
+        <v>0.78268563261416091</v>
+      </c>
+      <c r="AR58" s="9">
+        <v>2.2757968665586077</v>
+      </c>
+      <c r="AS58" s="9">
+        <v>1.4790359854737574</v>
+      </c>
+      <c r="AT58" s="9">
+        <v>0.63276725876765738</v>
+      </c>
+      <c r="AU58" s="9">
+        <v>-1.9251596217570608</v>
+      </c>
+      <c r="AV58" s="9">
+        <v>-0.47301974486599363</v>
+      </c>
+      <c r="AW58" s="9">
+        <v>1.063142729395409</v>
+      </c>
+      <c r="AX58" s="9">
+        <v>2.4004981238427519</v>
+      </c>
+      <c r="AY58" s="9">
+        <v>-0.89608602425833794</v>
+      </c>
+      <c r="AZ58" s="9">
+        <v>1.3191461878774362</v>
+      </c>
+      <c r="BA58" s="9">
+        <v>2.8684801835822782E-2</v>
+      </c>
+      <c r="BB58" s="9">
+        <v>-1.9516003122560477</v>
+      </c>
+      <c r="BC58" s="9">
+        <v>2.3722864942155297</v>
+      </c>
+      <c r="BD58" s="9">
+        <v>-1.8459145451082435</v>
+      </c>
+      <c r="BE58" s="9">
+        <v>-0.99771995925034673</v>
+      </c>
+      <c r="BF58" s="9">
+        <v>-3.2911929962106257</v>
+      </c>
+      <c r="BG58" s="9">
+        <v>7.6812646726004346</v>
+      </c>
+      <c r="BH58" s="9">
+        <v>-5.7327038599683249</v>
+      </c>
+      <c r="BI58" s="9">
+        <v>-2.1879471565006128</v>
+      </c>
+      <c r="BJ58" s="9">
+        <v>8.6753874155860444E-2</v>
+      </c>
+      <c r="BK58" s="9">
+        <v>1.1336211292022114</v>
+      </c>
+      <c r="BL58" s="9">
+        <v>0.87387614486176801</v>
+      </c>
+      <c r="BM58" s="9">
+        <v>0.96626405664306958</v>
+      </c>
+      <c r="BN58" s="9">
+        <v>-0.13035228116491737</v>
+      </c>
+      <c r="BO58" s="9">
+        <v>1.7232263820506972</v>
+      </c>
+      <c r="BP58" s="9">
+        <v>-2.3242216050285123</v>
+      </c>
+      <c r="BQ58" s="9">
+        <v>1.0276364361967438</v>
+      </c>
+      <c r="BR58" s="9">
+        <v>0.73572980446377301</v>
+      </c>
+      <c r="BS58" s="9">
+        <v>5.7774945672597795</v>
+      </c>
+      <c r="BT58" s="9">
+        <v>-1.4612521046046538</v>
+      </c>
+      <c r="BU58" s="9">
+        <v>-3.9016820027275685</v>
+      </c>
+      <c r="BV58" s="9">
+        <v>-4.869176562703899</v>
+      </c>
+      <c r="BW58" s="9">
+        <v>16.094240299044898</v>
+      </c>
+      <c r="BX58" s="9">
+        <v>-7.240233365334916</v>
+      </c>
+      <c r="BY58" s="9">
+        <v>-2.3756826903173334</v>
+      </c>
+      <c r="BZ58" s="9">
+        <v>0.41101922982824135</v>
+      </c>
+      <c r="CA58" s="9">
+        <v>-1.8631320760846677</v>
+      </c>
+      <c r="CB58" s="9">
+        <v>2.5969941737288309</v>
+      </c>
+      <c r="CC58" s="9">
+        <v>0.90667096878276254</v>
+      </c>
+      <c r="CD58" s="9">
+        <v>4.5565734567605318</v>
+      </c>
+      <c r="CE58" s="9">
+        <v>-4.9405936052112622</v>
+      </c>
+      <c r="CF58" s="9">
+        <v>-0.28793874465139879</v>
+      </c>
+      <c r="CG58" s="9">
+        <v>0.81468695048960171</v>
+      </c>
+      <c r="CH58" s="9">
+        <v>-0.34564424246302394</v>
+      </c>
+      <c r="CI58" s="9">
+        <v>0.89279979446334323</v>
+      </c>
+      <c r="CJ58" s="9">
+        <v>-0.50770308123250629</v>
+      </c>
+      <c r="CK58" s="9">
+        <v>0.30553644841873506</v>
+      </c>
+      <c r="CL58" s="9">
+        <v>-6.5386578208730839E-2</v>
+      </c>
+      <c r="CM58" s="9">
+        <v>1.7410593173004827</v>
+      </c>
+      <c r="CN58" s="9">
+        <v>-0.32625403896226146</v>
+      </c>
+      <c r="CO58" s="9">
+        <v>-1.0213073993642467</v>
+      </c>
+      <c r="CP58" s="9">
+        <v>-1.1065710606229118</v>
+      </c>
+      <c r="CQ58" s="9">
+        <v>0.90995321618623848</v>
+      </c>
+      <c r="CR58" s="9">
+        <v>0.42538276482864035</v>
+      </c>
+      <c r="CS58" s="9">
+        <v>0.49338452263857846</v>
+      </c>
+      <c r="CT58" s="9">
+        <v>1.5423474623095927</v>
+      </c>
+      <c r="CU58" s="9">
+        <v>-1.3945461894841742</v>
+      </c>
+      <c r="CV58" s="9">
+        <v>1.3575088687426131</v>
+      </c>
+      <c r="CW58" s="9">
+        <v>0.58021964346825428</v>
+      </c>
+      <c r="CX58" s="9">
+        <v>1.1939559844723817</v>
+      </c>
+      <c r="CY58" s="9">
+        <v>0.14060613470678618</v>
+      </c>
+      <c r="CZ58" s="9">
+        <v>-2.8310669535888167</v>
+      </c>
+      <c r="DA58" s="9">
+        <v>2.5161776716717839</v>
+      </c>
+      <c r="DB58" s="9">
+        <v>-1.6853071855365442E-2</v>
+      </c>
+      <c r="DC58" s="9">
+        <v>0.741660154154971</v>
+      </c>
+      <c r="DD58" s="9">
+        <v>1.1514533866723582</v>
+      </c>
+      <c r="DE58" s="9">
+        <v>-0.34736842105262156</v>
+      </c>
+      <c r="DF58" s="9">
+        <v>-0.26558420981153574</v>
+      </c>
+      <c r="DG58" s="9">
+        <v>-1.4464466736265535</v>
+      </c>
+      <c r="DH58" s="9">
+        <v>0.5004835961127867</v>
+      </c>
+      <c r="DI58" s="9">
+        <v>-0.27190932282357494</v>
+      </c>
+      <c r="DJ58" s="9">
+        <v>0.41050777360803181</v>
+      </c>
+      <c r="DK58" s="9">
+        <v>-0.13576800451542681</v>
+      </c>
+      <c r="DL58" s="9">
+        <v>-5.3464499572271507E-2</v>
+      </c>
+      <c r="DM58" s="9">
+        <v>0.36069632731663148</v>
+      </c>
+      <c r="DN58" s="9">
+        <v>-0.14924236655754441</v>
+      </c>
+      <c r="DO58" s="9">
+        <v>-0.39196547043481189</v>
+      </c>
+      <c r="DP58" s="9">
+        <v>-0.22201806767722587</v>
+      </c>
+      <c r="DQ58" s="9">
+        <v>0.38057239315583047</v>
+      </c>
+      <c r="DR58" s="9">
+        <v>0.61608548759421922</v>
+      </c>
+      <c r="DS58" s="9">
+        <v>0.48316518779627415</v>
+      </c>
+      <c r="DT58" s="9">
+        <v>0.38709287204765985</v>
+      </c>
+      <c r="DU58" s="9">
+        <v>-1.1462569664105899</v>
+      </c>
+      <c r="DV58" s="9">
+        <v>0.94388525742186857</v>
+      </c>
+    </row>
+    <row r="59" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B59" s="10"/>
+      <c r="C59" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D59" s="9">
+        <v>0.66811454406656878</v>
+      </c>
+      <c r="E59" s="9">
+        <v>4.1149360421286474E-3</v>
+      </c>
+      <c r="F59" s="9">
+        <v>1.072778466837903</v>
+      </c>
+      <c r="G59" s="9">
+        <v>1.5406178755873867</v>
+      </c>
+      <c r="H59" s="9">
+        <v>1.4851683629927948</v>
+      </c>
+      <c r="I59" s="9">
+        <v>1.7230480963507375</v>
+      </c>
+      <c r="J59" s="9">
+        <v>1.2727545092904364</v>
+      </c>
+      <c r="K59" s="9">
+        <v>2.2647959547040841</v>
+      </c>
+      <c r="L59" s="9">
+        <v>1.2942834030653501</v>
+      </c>
+      <c r="M59" s="9">
+        <v>0.6298821152615659</v>
+      </c>
+      <c r="N59" s="9">
+        <v>0.27066230803998792</v>
+      </c>
+      <c r="O59" s="9">
+        <v>0.54510480163952479</v>
+      </c>
+      <c r="P59" s="9">
+        <v>0.51816982833669556</v>
+      </c>
+      <c r="Q59" s="9">
+        <v>4.7655103384969664</v>
+      </c>
+      <c r="R59" s="9">
+        <v>2.7800328693344767</v>
+      </c>
+      <c r="S59" s="9">
+        <v>1.1019708324503341</v>
+      </c>
+      <c r="T59" s="9">
+        <v>0.66788620209989347</v>
+      </c>
+      <c r="U59" s="9">
+        <v>1.3131867611845536</v>
+      </c>
+      <c r="V59" s="9">
+        <v>2.0673258817429883</v>
+      </c>
+      <c r="W59" s="9">
+        <v>2.2931644387902139</v>
+      </c>
+      <c r="X59" s="9">
+        <v>2.5647564085357715</v>
+      </c>
+      <c r="Y59" s="9">
+        <v>2.0740372410724746</v>
+      </c>
+      <c r="Z59" s="9">
+        <v>0.43714586057481597</v>
+      </c>
+      <c r="AA59" s="9">
+        <v>2.0609170314966292</v>
+      </c>
+      <c r="AB59" s="9">
+        <v>2.036809304458373</v>
+      </c>
+      <c r="AC59" s="9">
+        <v>0.93679398294732152</v>
+      </c>
+      <c r="AD59" s="9">
+        <v>1.0705728070459486</v>
+      </c>
+      <c r="AE59" s="9">
+        <v>0.44091322299155422</v>
+      </c>
+      <c r="AF59" s="9">
+        <v>0.42701646664806958</v>
+      </c>
+      <c r="AG59" s="9">
+        <v>0.44147831714182928</v>
+      </c>
+      <c r="AH59" s="9">
+        <v>0.75575213543457664</v>
+      </c>
+      <c r="AI59" s="9">
+        <v>1.0125340813244037</v>
+      </c>
+      <c r="AJ59" s="9">
+        <v>1.0474355887310338</v>
+      </c>
+      <c r="AK59" s="9">
+        <v>1.2149141181399159</v>
+      </c>
+      <c r="AL59" s="9">
+        <v>1.0993225590862039</v>
+      </c>
+      <c r="AM59" s="9">
+        <v>1.1042709745754848</v>
+      </c>
+      <c r="AN59" s="9">
+        <v>2.1268375319025665</v>
+      </c>
+      <c r="AO59" s="9">
+        <v>1.2557110845968111</v>
+      </c>
+      <c r="AP59" s="9">
+        <v>1.0098578798373126</v>
+      </c>
+      <c r="AQ59" s="9">
+        <v>0.40545298701484001</v>
+      </c>
+      <c r="AR59" s="9">
+        <v>1.9804680719925472</v>
+      </c>
+      <c r="AS59" s="9">
+        <v>1.4713544380301187</v>
+      </c>
+      <c r="AT59" s="9">
+        <v>1.7885627828325283</v>
+      </c>
+      <c r="AU59" s="9">
+        <v>1.6616278639624227</v>
+      </c>
+      <c r="AV59" s="9">
+        <v>2.8491564670856775</v>
+      </c>
+      <c r="AW59" s="9">
+        <v>2.1378970966154469</v>
+      </c>
+      <c r="AX59" s="9">
+        <v>0.10580677667213934</v>
+      </c>
+      <c r="AY59" s="9">
+        <v>0.49733246093059336</v>
+      </c>
+      <c r="AZ59" s="9">
+        <v>1.6821242217749557</v>
+      </c>
+      <c r="BA59" s="9">
+        <v>1.3147566114926548</v>
+      </c>
+      <c r="BB59" s="9">
+        <v>3.2981690680051798</v>
+      </c>
+      <c r="BC59" s="9">
+        <v>1.1603726134415098</v>
+      </c>
+      <c r="BD59" s="9">
+        <v>2.5427277115159512</v>
+      </c>
+      <c r="BE59" s="9">
+        <v>0.45623775402859224</v>
+      </c>
+      <c r="BF59" s="9">
+        <v>-1.0503110569160725</v>
+      </c>
+      <c r="BG59" s="9">
+        <v>-1.0315071814693795</v>
+      </c>
+      <c r="BH59" s="9">
+        <v>-2.5162924894578111</v>
+      </c>
+      <c r="BI59" s="9">
+        <v>-0.55941740166582576</v>
+      </c>
+      <c r="BJ59" s="9">
+        <v>0.18524189975528316</v>
+      </c>
+      <c r="BK59" s="9">
+        <v>2.0309253873093098</v>
+      </c>
+      <c r="BL59" s="9">
+        <v>1.697582486626743</v>
+      </c>
+      <c r="BM59" s="9">
+        <v>1.6057479713631011</v>
+      </c>
+      <c r="BN59" s="9">
+        <v>1.9716636686343918</v>
+      </c>
+      <c r="BO59" s="9">
+        <v>9.2204827226382235E-2</v>
+      </c>
+      <c r="BP59" s="9">
+        <v>2.2064643890437878</v>
+      </c>
+      <c r="BQ59" s="9">
+        <v>1.0060150416519207</v>
+      </c>
+      <c r="BR59" s="9">
+        <v>0.47101381515848573</v>
+      </c>
+      <c r="BS59" s="9">
+        <v>1.1325260196457094</v>
+      </c>
+      <c r="BT59" s="9">
+        <v>-0.23322403969278582</v>
+      </c>
+      <c r="BU59" s="9">
+        <v>0.88263044429332638</v>
+      </c>
+      <c r="BV59" s="9">
+        <v>0.23616513795022342</v>
+      </c>
+      <c r="BW59" s="9">
+        <v>1.3120069223090667</v>
+      </c>
+      <c r="BX59" s="9">
+        <v>0.80108869857815534</v>
+      </c>
+      <c r="BY59" s="9">
+        <v>0.49153342605944772</v>
+      </c>
+      <c r="BZ59" s="9">
+        <v>0.23135861601326724</v>
+      </c>
+      <c r="CA59" s="9">
+        <v>0.50345603437791908</v>
+      </c>
+      <c r="CB59" s="9">
+        <v>0.14722973637306325</v>
+      </c>
+      <c r="CC59" s="9">
+        <v>-0.22605810549210048</v>
+      </c>
+      <c r="CD59" s="9">
+        <v>-0.34717228677037326</v>
+      </c>
+      <c r="CE59" s="9">
+        <v>0.57447546516308989</v>
+      </c>
+      <c r="CF59" s="9">
+        <v>0.63563908790196422</v>
+      </c>
+      <c r="CG59" s="9">
+        <v>0.52906347010603838</v>
+      </c>
+      <c r="CH59" s="9">
+        <v>0.81343094172858343</v>
+      </c>
+      <c r="CI59" s="9">
+        <v>0.91275512344904541</v>
+      </c>
+      <c r="CJ59" s="9">
+        <v>0.89129132067162686</v>
+      </c>
+      <c r="CK59" s="9">
+        <v>0.92753988591212533</v>
+      </c>
+      <c r="CL59" s="9">
+        <v>0.94015348954516753</v>
+      </c>
+      <c r="CM59" s="9">
+        <v>0.94091554842717073</v>
+      </c>
+      <c r="CN59" s="9">
+        <v>1.9048382419851748</v>
+      </c>
+      <c r="CO59" s="9">
+        <v>1.086606996203713</v>
+      </c>
+      <c r="CP59" s="9">
+        <v>1.3083577444159715</v>
+      </c>
+      <c r="CQ59" s="9">
+        <v>0.36550351610769383</v>
+      </c>
+      <c r="CR59" s="9">
+        <v>1.8008305292654541</v>
+      </c>
+      <c r="CS59" s="9">
+        <v>0.29737163273608758</v>
+      </c>
+      <c r="CT59" s="9">
+        <v>0.95912847383723943</v>
+      </c>
+      <c r="CU59" s="9">
+        <v>0.39039983231145925</v>
+      </c>
+      <c r="CV59" s="9">
+        <v>1.2368959067380132</v>
+      </c>
+      <c r="CW59" s="9">
+        <v>-0.46383524503347928</v>
+      </c>
+      <c r="CX59" s="9">
+        <v>-0.73795401762973256</v>
+      </c>
+      <c r="CY59" s="9">
+        <v>-0.99719714974700935</v>
+      </c>
+      <c r="CZ59" s="9">
+        <v>-7.2560470719498795</v>
+      </c>
+      <c r="DA59" s="9">
+        <v>3.3746501020683723</v>
+      </c>
+      <c r="DB59" s="9">
+        <v>2.6878739840005892</v>
+      </c>
+      <c r="DC59" s="9">
+        <v>1.8739584472029946E-2</v>
+      </c>
+      <c r="DD59" s="9">
+        <v>3.5136829098014033</v>
+      </c>
+      <c r="DE59" s="9">
+        <v>1.3650487194183825</v>
+      </c>
+      <c r="DF59" s="9">
+        <v>1.3628218128017124</v>
+      </c>
+      <c r="DG59" s="9">
+        <v>2.7739329575196479</v>
+      </c>
+      <c r="DH59" s="9">
+        <v>0.43321314372350628</v>
+      </c>
+      <c r="DI59" s="9">
+        <v>-0.51302160582874023</v>
+      </c>
+      <c r="DJ59" s="9">
+        <v>0.5942935565099674</v>
+      </c>
+      <c r="DK59" s="9">
+        <v>0.4504970897360181</v>
+      </c>
+      <c r="DL59" s="9">
+        <v>0.5507431495636439</v>
+      </c>
+      <c r="DM59" s="9">
+        <v>-0.89405058380619096</v>
+      </c>
+      <c r="DN59" s="9">
+        <v>-0.2147798557182341</v>
+      </c>
+      <c r="DO59" s="9">
+        <v>-7.7641645189871156E-2</v>
+      </c>
+      <c r="DP59" s="9">
+        <v>-0.12550292704558785</v>
+      </c>
+      <c r="DQ59" s="9">
+        <v>-0.93644667569576256</v>
+      </c>
+      <c r="DR59" s="9">
+        <v>2.5493054170695473E-2</v>
+      </c>
+      <c r="DS59" s="9">
+        <v>0.58536866098974372</v>
+      </c>
+      <c r="DT59" s="9">
+        <v>-0.12015227461742484</v>
+      </c>
+      <c r="DU59" s="9">
+        <v>-0.83553093244351828</v>
+      </c>
+      <c r="DV59" s="9">
+        <v>0.77170747461970279</v>
+      </c>
+    </row>
+    <row r="60" spans="1:126" s="5" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="B42" s="14"/>
-[...123 lines deleted...]
-      <c r="DV42" s="14"/>
+      <c r="B60" s="10"/>
+      <c r="C60" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D60" s="9">
+        <v>0.39786972737717008</v>
+      </c>
+      <c r="E60" s="9">
+        <v>0.41024499137512294</v>
+      </c>
+      <c r="F60" s="9">
+        <v>0.92408703597399722</v>
+      </c>
+      <c r="G60" s="9">
+        <v>0.32472454041393917</v>
+      </c>
+      <c r="H60" s="9">
+        <v>-0.26240424947947361</v>
+      </c>
+      <c r="I60" s="9">
+        <v>0.8887956159235415</v>
+      </c>
+      <c r="J60" s="9">
+        <v>-9.3262507094564739E-2</v>
+      </c>
+      <c r="K60" s="9">
+        <v>-9.1419147830137604E-2</v>
+      </c>
+      <c r="L60" s="9">
+        <v>0.70262556447428892</v>
+      </c>
+      <c r="M60" s="9">
+        <v>0.41745527705407426</v>
+      </c>
+      <c r="N60" s="9">
+        <v>0.42076961396469414</v>
+      </c>
+      <c r="O60" s="9">
+        <v>-0.22941390726676048</v>
+      </c>
+      <c r="P60" s="9">
+        <v>0.42882441084321954</v>
+      </c>
+      <c r="Q60" s="9">
+        <v>0.18582620773470637</v>
+      </c>
+      <c r="R60" s="9">
+        <v>0.39330208578722647</v>
+      </c>
+      <c r="S60" s="9">
+        <v>-5.0167021117346167E-2</v>
+      </c>
+      <c r="T60" s="9">
+        <v>0.56992434740020315</v>
+      </c>
+      <c r="U60" s="9">
+        <v>8.4923696126111281E-2</v>
+      </c>
+      <c r="V60" s="9">
+        <v>-0.3037500938327895</v>
+      </c>
+      <c r="W60" s="9">
+        <v>0.8637403830898478</v>
+      </c>
+      <c r="X60" s="9">
+        <v>-0.1954234129512713</v>
+      </c>
+      <c r="Y60" s="9">
+        <v>5.24909843728949E-2</v>
+      </c>
+      <c r="Z60" s="9">
+        <v>0.36724412055646383</v>
+      </c>
+      <c r="AA60" s="9">
+        <v>0.24486462617244342</v>
+      </c>
+      <c r="AB60" s="9">
+        <v>0.7549573097514326</v>
+      </c>
+      <c r="AC60" s="9">
+        <v>-0.22623868312756201</v>
+      </c>
+      <c r="AD60" s="9">
+        <v>-0.89552396401010981</v>
+      </c>
+      <c r="AE60" s="9">
+        <v>2.87279323240179</v>
+      </c>
+      <c r="AF60" s="9">
+        <v>-0.88330142159355773</v>
+      </c>
+      <c r="AG60" s="9">
+        <v>-0.38739844831640369</v>
+      </c>
+      <c r="AH60" s="9">
+        <v>0.20048409894918962</v>
+      </c>
+      <c r="AI60" s="9">
+        <v>0.78502138885581019</v>
+      </c>
+      <c r="AJ60" s="9">
+        <v>0.7167137118239566</v>
+      </c>
+      <c r="AK60" s="9">
+        <v>0.58965943107016017</v>
+      </c>
+      <c r="AL60" s="9">
+        <v>0.1346959281074902</v>
+      </c>
+      <c r="AM60" s="9">
+        <v>-0.69561144053641044</v>
+      </c>
+      <c r="AN60" s="9">
+        <v>0.72780747836038984</v>
+      </c>
+      <c r="AO60" s="9">
+        <v>0.83501910973093629</v>
+      </c>
+      <c r="AP60" s="9">
+        <v>5.2026165354376985E-2</v>
+      </c>
+      <c r="AQ60" s="9">
+        <v>0.56996100066584177</v>
+      </c>
+      <c r="AR60" s="9">
+        <v>0.36811022877311927</v>
+      </c>
+      <c r="AS60" s="9">
+        <v>0.82096978469333237</v>
+      </c>
+      <c r="AT60" s="9">
+        <v>0.43455937150275759</v>
+      </c>
+      <c r="AU60" s="9">
+        <v>0.38714048360300524</v>
+      </c>
+      <c r="AV60" s="9">
+        <v>0.42013327087163077</v>
+      </c>
+      <c r="AW60" s="9">
+        <v>0.47511902593213051</v>
+      </c>
+      <c r="AX60" s="9">
+        <v>0.36200458661647872</v>
+      </c>
+      <c r="AY60" s="9">
+        <v>0.1317069538586253</v>
+      </c>
+      <c r="AZ60" s="9">
+        <v>0.27099114737869456</v>
+      </c>
+      <c r="BA60" s="9">
+        <v>0.30916241664588995</v>
+      </c>
+      <c r="BB60" s="9">
+        <v>0.37705069035061456</v>
+      </c>
+      <c r="BC60" s="9">
+        <v>0.38239601834824555</v>
+      </c>
+      <c r="BD60" s="9">
+        <v>0.49352511408935129</v>
+      </c>
+      <c r="BE60" s="9">
+        <v>0.79679796617229215</v>
+      </c>
+      <c r="BF60" s="9">
+        <v>1.1036353229801676</v>
+      </c>
+      <c r="BG60" s="9">
+        <v>-0.98177162857344058</v>
+      </c>
+      <c r="BH60" s="9">
+        <v>1.170259328803013</v>
+      </c>
+      <c r="BI60" s="9">
+        <v>1.3260220394007831</v>
+      </c>
+      <c r="BJ60" s="9">
+        <v>1.8072588884761984</v>
+      </c>
+      <c r="BK60" s="9">
+        <v>-0.76842119619573168</v>
+      </c>
+      <c r="BL60" s="9">
+        <v>0.64723770036478356</v>
+      </c>
+      <c r="BM60" s="9">
+        <v>0.1069706149444869</v>
+      </c>
+      <c r="BN60" s="9">
+        <v>-4.365193944202872E-2</v>
+      </c>
+      <c r="BO60" s="9">
+        <v>0.76697198459687854</v>
+      </c>
+      <c r="BP60" s="9">
+        <v>-0.49771682282862173</v>
+      </c>
+      <c r="BQ60" s="9">
+        <v>9.017326878665699E-2</v>
+      </c>
+      <c r="BR60" s="9">
+        <v>0.81626778750974438</v>
+      </c>
+      <c r="BS60" s="9">
+        <v>0.34598497809210471</v>
+      </c>
+      <c r="BT60" s="9">
+        <v>0.36316303578310283</v>
+      </c>
+      <c r="BU60" s="9">
+        <v>-3.3818700513648992E-2</v>
+      </c>
+      <c r="BV60" s="9">
+        <v>-0.45553457764239624</v>
+      </c>
+      <c r="BW60" s="9">
+        <v>1.998158307078171</v>
+      </c>
+      <c r="BX60" s="9">
+        <v>-0.79064335716626033</v>
+      </c>
+      <c r="BY60" s="9">
+        <v>-8.3906379545027221E-2</v>
+      </c>
+      <c r="BZ60" s="9">
+        <v>0.21887226978198271</v>
+      </c>
+      <c r="CA60" s="9">
+        <v>0.5736031843721463</v>
+      </c>
+      <c r="CB60" s="9">
+        <v>0.67598949585843116</v>
+      </c>
+      <c r="CC60" s="9">
+        <v>0.85685924682093173</v>
+      </c>
+      <c r="CD60" s="9">
+        <v>0.79419103508226385</v>
+      </c>
+      <c r="CE60" s="9">
+        <v>0.46596358106938851</v>
+      </c>
+      <c r="CF60" s="9">
+        <v>0.45267031600219809</v>
+      </c>
+      <c r="CG60" s="9">
+        <v>0.51893361805419147</v>
+      </c>
+      <c r="CH60" s="9">
+        <v>0.6633924605627044</v>
+      </c>
+      <c r="CI60" s="9">
+        <v>0.44324345955257627</v>
+      </c>
+      <c r="CJ60" s="9">
+        <v>0.3454602642063378</v>
+      </c>
+      <c r="CK60" s="9">
+        <v>0.46797862281174218</v>
+      </c>
+      <c r="CL60" s="9">
+        <v>0.55492349002781793</v>
+      </c>
+      <c r="CM60" s="9">
+        <v>0.59260944658758774</v>
+      </c>
+      <c r="CN60" s="9">
+        <v>0.59014640565881393</v>
+      </c>
+      <c r="CO60" s="9">
+        <v>0.71976123796480351</v>
+      </c>
+      <c r="CP60" s="9">
+        <v>0.78118816101122945</v>
+      </c>
+      <c r="CQ60" s="9">
+        <v>0.50285967456098035</v>
+      </c>
+      <c r="CR60" s="9">
+        <v>0.53300524789752046</v>
+      </c>
+      <c r="CS60" s="9">
+        <v>0.29797674784788342</v>
+      </c>
+      <c r="CT60" s="9">
+        <v>0.22247084727709421</v>
+      </c>
+      <c r="CU60" s="9">
+        <v>6.5234870318448657E-2</v>
+      </c>
+      <c r="CV60" s="9">
+        <v>-0.11958534499926543</v>
+      </c>
+      <c r="CW60" s="9">
+        <v>4.2653906205032399E-2</v>
+      </c>
+      <c r="CX60" s="9">
+        <v>0.34316797284006384</v>
+      </c>
+      <c r="CY60" s="9">
+        <v>0.24199485180409397</v>
+      </c>
+      <c r="CZ60" s="9">
+        <v>-0.72649918084013621</v>
+      </c>
+      <c r="DA60" s="9">
+        <v>0.87837757327093868</v>
+      </c>
+      <c r="DB60" s="9">
+        <v>0.82682862008209668</v>
+      </c>
+      <c r="DC60" s="9">
+        <v>0.54406294846387482</v>
+      </c>
+      <c r="DD60" s="9">
+        <v>0.91426085757591125</v>
+      </c>
+      <c r="DE60" s="9">
+        <v>0.51697313336906348</v>
+      </c>
+      <c r="DF60" s="9">
+        <v>0.17229958686387192</v>
+      </c>
+      <c r="DG60" s="9">
+        <v>0.33951525668615545</v>
+      </c>
+      <c r="DH60" s="9">
+        <v>0.2717026413153576</v>
+      </c>
+      <c r="DI60" s="9">
+        <v>0.14417350968469123</v>
+      </c>
+      <c r="DJ60" s="9">
+        <v>0.63162926207493797</v>
+      </c>
+      <c r="DK60" s="9">
+        <v>0.51673961148870262</v>
+      </c>
+      <c r="DL60" s="9">
+        <v>0.29290456505452767</v>
+      </c>
+      <c r="DM60" s="9">
+        <v>0.45546203875355218</v>
+      </c>
+      <c r="DN60" s="9">
+        <v>0.75649920199522569</v>
+      </c>
+      <c r="DO60" s="9">
+        <v>0.70482245973894919</v>
+      </c>
+      <c r="DP60" s="9">
+        <v>0.7797746522793858</v>
+      </c>
+      <c r="DQ60" s="9">
+        <v>0.71212949927057423</v>
+      </c>
+      <c r="DR60" s="9">
+        <v>0.63326712703837984</v>
+      </c>
+      <c r="DS60" s="9">
+        <v>0.39132582050014264</v>
+      </c>
+      <c r="DT60" s="9">
+        <v>0.42522057087246878</v>
+      </c>
+      <c r="DU60" s="9">
+        <v>0.4971668082817331</v>
+      </c>
+      <c r="DV60" s="9">
+        <v>0.60404431576948525</v>
+      </c>
     </row>
-    <row r="43" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV43" s="17"/>
+    <row r="61" spans="1:126" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B61" s="10"/>
+      <c r="C61" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="D61" s="9">
+        <v>-0.2597081375216419</v>
+      </c>
+      <c r="E61" s="9">
+        <v>2.3027189797190317E-2</v>
+      </c>
+      <c r="F61" s="9">
+        <v>-0.11422398526599409</v>
+      </c>
+      <c r="G61" s="9">
+        <v>-0.27923799055022869</v>
+      </c>
+      <c r="H61" s="9">
+        <v>0.39113892543470286</v>
+      </c>
+      <c r="I61" s="9">
+        <v>0.54191903092126381</v>
+      </c>
+      <c r="J61" s="9">
+        <v>3.2586486296068529E-2</v>
+      </c>
+      <c r="K61" s="9">
+        <v>0.43757318565604919</v>
+      </c>
+      <c r="L61" s="9">
+        <v>0.27700345377724034</v>
+      </c>
+      <c r="M61" s="9">
+        <v>0.7045824081682639</v>
+      </c>
+      <c r="N61" s="9">
+        <v>0.38628472222221433</v>
+      </c>
+      <c r="O61" s="9">
+        <v>0.4461930909248224</v>
+      </c>
+      <c r="P61" s="9">
+        <v>1.0201358459379577</v>
+      </c>
+      <c r="Q61" s="9">
+        <v>0.38177696725921351</v>
+      </c>
+      <c r="R61" s="9">
+        <v>0.67490704110566924</v>
+      </c>
+      <c r="S61" s="9">
+        <v>0.33392641813321688</v>
+      </c>
+      <c r="T61" s="9">
+        <v>-0.17481195108626935</v>
+      </c>
+      <c r="U61" s="9">
+        <v>0.83602044166799772</v>
+      </c>
+      <c r="V61" s="9">
+        <v>1.826834766636054</v>
+      </c>
+      <c r="W61" s="9">
+        <v>-1.2430508863707246</v>
+      </c>
+      <c r="X61" s="9">
+        <v>0.88590358844922434</v>
+      </c>
+      <c r="Y61" s="9">
+        <v>-0.21644487239629484</v>
+      </c>
+      <c r="Z61" s="9">
+        <v>0.23093545354073797</v>
+      </c>
+      <c r="AA61" s="9">
+        <v>-0.35547948587134215</v>
+      </c>
+      <c r="AB61" s="9">
+        <v>0.59045039390885279</v>
+      </c>
+      <c r="AC61" s="9">
+        <v>0.46876667569719643</v>
+      </c>
+      <c r="AD61" s="9">
+        <v>0.56790325216540793</v>
+      </c>
+      <c r="AE61" s="9">
+        <v>-0.30387974812107643</v>
+      </c>
+      <c r="AF61" s="9">
+        <v>0.11246852103894867</v>
+      </c>
+      <c r="AG61" s="9">
+        <v>-0.14083475117837452</v>
+      </c>
+      <c r="AH61" s="9">
+        <v>0.29674074315622079</v>
+      </c>
+      <c r="AI61" s="9">
+        <v>0.6112330325936739</v>
+      </c>
+      <c r="AJ61" s="9">
+        <v>0.13653035174743877</v>
+      </c>
+      <c r="AK61" s="9">
+        <v>0.22508894643851818</v>
+      </c>
+      <c r="AL61" s="9">
+        <v>0.67777509458262841</v>
+      </c>
+      <c r="AM61" s="9">
+        <v>1.1465395931943334</v>
+      </c>
+      <c r="AN61" s="9">
+        <v>0.5446381989787028</v>
+      </c>
+      <c r="AO61" s="9">
+        <v>0.92220606155902374</v>
+      </c>
+      <c r="AP61" s="9">
+        <v>0.72292160039883413</v>
+      </c>
+      <c r="AQ61" s="9">
+        <v>0.49189456750401916</v>
+      </c>
+      <c r="AR61" s="9">
+        <v>2.6167533786917829E-2</v>
+      </c>
+      <c r="AS61" s="9">
+        <v>3.7702168259386326E-2</v>
+      </c>
+      <c r="AT61" s="9">
+        <v>6.9991924008789397E-2</v>
+      </c>
+      <c r="AU61" s="9">
+        <v>0.19138241126466937</v>
+      </c>
+      <c r="AV61" s="9">
+        <v>0.35825246442409764</v>
+      </c>
+      <c r="AW61" s="9">
+        <v>0.91880570546238971</v>
+      </c>
+      <c r="AX61" s="9">
+        <v>0.40068472398957056</v>
+      </c>
+      <c r="AY61" s="9">
+        <v>1.2312056309551735</v>
+      </c>
+      <c r="AZ61" s="9">
+        <v>0.46502962328128206</v>
+      </c>
+      <c r="BA61" s="9">
+        <v>0.77368721672885954</v>
+      </c>
+      <c r="BB61" s="9">
+        <v>1.1873214969231327</v>
+      </c>
+      <c r="BC61" s="9">
+        <v>0.87367693594732998</v>
+      </c>
+      <c r="BD61" s="9">
+        <v>0.74567666190701232</v>
+      </c>
+      <c r="BE61" s="9">
+        <v>-0.25196850393699322</v>
+      </c>
+      <c r="BF61" s="9">
+        <v>0.66739386284695001</v>
+      </c>
+      <c r="BG61" s="9">
+        <v>1.1512853048945715</v>
+      </c>
+      <c r="BH61" s="9">
+        <v>0.29317866279521354</v>
+      </c>
+      <c r="BI61" s="9">
+        <v>6.0431877112492316E-2</v>
+      </c>
+      <c r="BJ61" s="9">
+        <v>-0.26897011833281681</v>
+      </c>
+      <c r="BK61" s="9">
+        <v>0.92175309128805338</v>
+      </c>
+      <c r="BL61" s="9">
+        <v>0.36840379288449299</v>
+      </c>
+      <c r="BM61" s="9">
+        <v>0.66110991386803164</v>
+      </c>
+      <c r="BN61" s="9">
+        <v>0.49723756906077199</v>
+      </c>
+      <c r="BO61" s="9">
+        <v>-5.4975261132497621E-2</v>
+      </c>
+      <c r="BP61" s="9">
+        <v>0.9866611661166047</v>
+      </c>
+      <c r="BQ61" s="9">
+        <v>1.1070638297872506</v>
+      </c>
+      <c r="BR61" s="9">
+        <v>0.64982727389042338</v>
+      </c>
+      <c r="BS61" s="9">
+        <v>0.27364082801439338</v>
+      </c>
+      <c r="BT61" s="9">
+        <v>0.45104253544619155</v>
+      </c>
+      <c r="BU61" s="9">
+        <v>0.59581138617478757</v>
+      </c>
+      <c r="BV61" s="9">
+        <v>0.34797422217525309</v>
+      </c>
+      <c r="BW61" s="9">
+        <v>0.68761309425893558</v>
+      </c>
+      <c r="BX61" s="9">
+        <v>4.1824598091750431E-2</v>
+      </c>
+      <c r="BY61" s="9">
+        <v>-2.6129445271863005E-3</v>
+      </c>
+      <c r="BZ61" s="9">
+        <v>-0.12999738698719909</v>
+      </c>
+      <c r="CA61" s="9">
+        <v>-0.46833811919074719</v>
+      </c>
+      <c r="CB61" s="9">
+        <v>-3.0887523412076234E-2</v>
+      </c>
+      <c r="CC61" s="9">
+        <v>0.13081949539174786</v>
+      </c>
+      <c r="CD61" s="9">
+        <v>0.90600523907377806</v>
+      </c>
+      <c r="CE61" s="9">
+        <v>0.18933355888532333</v>
+      </c>
+      <c r="CF61" s="9">
+        <v>0.63966023326493371</v>
+      </c>
+      <c r="CG61" s="9">
+        <v>-1.4196021242412371E-2</v>
+      </c>
+      <c r="CH61" s="9">
+        <v>-0.27298952572103019</v>
+      </c>
+      <c r="CI61" s="9">
+        <v>-0.43293124870572797</v>
+      </c>
+      <c r="CJ61" s="9">
+        <v>8.6442782027688736E-2</v>
+      </c>
+      <c r="CK61" s="9">
+        <v>0.58574471401114181</v>
+      </c>
+      <c r="CL61" s="9">
+        <v>1.3008896406574593</v>
+      </c>
+      <c r="CM61" s="9">
+        <v>2.0540568099981442</v>
+      </c>
+      <c r="CN61" s="9">
+        <v>1.5637099393000682</v>
+      </c>
+      <c r="CO61" s="9">
+        <v>1.4898300499274484</v>
+      </c>
+      <c r="CP61" s="9">
+        <v>0.82758286430913586</v>
+      </c>
+      <c r="CQ61" s="9">
+        <v>-4.8670572329882589E-2</v>
+      </c>
+      <c r="CR61" s="9">
+        <v>-0.18095031981916065</v>
+      </c>
+      <c r="CS61" s="9">
+        <v>7.9497479568544804E-2</v>
+      </c>
+      <c r="CT61" s="9">
+        <v>0.35324206408905923</v>
+      </c>
+      <c r="CU61" s="9">
+        <v>0.30582506806106835</v>
+      </c>
+      <c r="CV61" s="9">
+        <v>1.3152231096654532E-2</v>
+      </c>
+      <c r="CW61" s="9">
+        <v>-0.16856551938504083</v>
+      </c>
+      <c r="CX61" s="9">
+        <v>0.25327521375709239</v>
+      </c>
+      <c r="CY61" s="9">
+        <v>-1.7899483381610821</v>
+      </c>
+      <c r="CZ61" s="9">
+        <v>-10.342499908780198</v>
+      </c>
+      <c r="DA61" s="9">
+        <v>6.6112283034097175</v>
+      </c>
+      <c r="DB61" s="9">
+        <v>-0.42499586456121108</v>
+      </c>
+      <c r="DC61" s="9">
+        <v>-2.2605584307711837</v>
+      </c>
+      <c r="DD61" s="9">
+        <v>-9.6096017571852599E-2</v>
+      </c>
+      <c r="DE61" s="9">
+        <v>4.1819074104367786</v>
+      </c>
+      <c r="DF61" s="9">
+        <v>2.4495025625554945E-2</v>
+      </c>
+      <c r="DG61" s="9">
+        <v>0.30454302847635972</v>
+      </c>
+      <c r="DH61" s="9">
+        <v>1.6376611994490986</v>
+      </c>
+      <c r="DI61" s="9">
+        <v>0.64056764147922252</v>
+      </c>
+      <c r="DJ61" s="9">
+        <v>1.0404171460763223E-2</v>
+      </c>
+      <c r="DK61" s="9">
+        <v>0.15543439016478544</v>
+      </c>
+      <c r="DL61" s="9">
+        <v>-5.4989704705292297E-2</v>
+      </c>
+      <c r="DM61" s="9">
+        <v>0.2188571742971277</v>
+      </c>
+      <c r="DN61" s="9">
+        <v>1.3352853265013493</v>
+      </c>
+      <c r="DO61" s="9">
+        <v>0.38585634826995374</v>
+      </c>
+      <c r="DP61" s="9">
+        <v>0.3627859562858049</v>
+      </c>
+      <c r="DQ61" s="9">
+        <v>0.51622154507977314</v>
+      </c>
+      <c r="DR61" s="9">
+        <v>0.11531557235753098</v>
+      </c>
+      <c r="DS61" s="9">
+        <v>0.43401334694944183</v>
+      </c>
+      <c r="DT61" s="9">
+        <v>-0.51135322388994098</v>
+      </c>
+      <c r="DU61" s="9">
+        <v>2.9709912415171402E-2</v>
+      </c>
+      <c r="DV61" s="9">
+        <v>0.48672800787430504</v>
+      </c>
     </row>
-    <row r="44" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV44" s="17"/>
+    <row r="62" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="10"/>
+      <c r="B62" s="10"/>
+      <c r="C62" s="10"/>
+      <c r="D62" s="10"/>
+      <c r="E62" s="10"/>
+      <c r="F62" s="10"/>
+      <c r="G62" s="9"/>
+      <c r="H62" s="9"/>
+      <c r="I62" s="9"/>
+      <c r="J62" s="9"/>
+      <c r="K62" s="9"/>
+      <c r="L62" s="9"/>
+      <c r="AI62" s="10"/>
+      <c r="AJ62" s="10"/>
+      <c r="AK62" s="10"/>
+      <c r="AL62" s="10"/>
+      <c r="AM62" s="9"/>
+      <c r="AN62" s="9"/>
+      <c r="AO62" s="9"/>
+      <c r="AP62" s="9"/>
+      <c r="AQ62" s="9"/>
+      <c r="AR62" s="9"/>
     </row>
-    <row r="45" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV45" s="17"/>
+    <row r="63" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="10"/>
+      <c r="B63" s="10"/>
+      <c r="C63" s="10"/>
+      <c r="D63" s="10"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="10"/>
+      <c r="G63" s="9"/>
+      <c r="H63" s="9"/>
+      <c r="I63" s="9"/>
+      <c r="J63" s="9"/>
+      <c r="K63" s="9"/>
+      <c r="L63" s="9"/>
+      <c r="AI63" s="10"/>
+      <c r="AJ63" s="10"/>
+      <c r="AK63" s="10"/>
+      <c r="AL63" s="10"/>
+      <c r="AM63" s="9"/>
+      <c r="AN63" s="9"/>
+      <c r="AO63" s="9"/>
+      <c r="AP63" s="9"/>
+      <c r="AQ63" s="9"/>
+      <c r="AR63" s="9"/>
     </row>
-    <row r="46" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV46" s="17"/>
+    <row r="64" spans="1:126" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="10"/>
+      <c r="B64" s="10"/>
+      <c r="C64" s="10"/>
+      <c r="D64" s="10"/>
+      <c r="E64" s="10"/>
+      <c r="F64" s="10"/>
+      <c r="G64" s="9"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
+      <c r="J64" s="9"/>
+      <c r="K64" s="9"/>
+      <c r="L64" s="9"/>
+      <c r="AI64" s="10"/>
+      <c r="AJ64" s="10"/>
+      <c r="AK64" s="10"/>
+      <c r="AL64" s="10"/>
+      <c r="AM64" s="9"/>
+      <c r="AN64" s="9"/>
+      <c r="AO64" s="9"/>
+      <c r="AP64" s="9"/>
+      <c r="AQ64" s="9"/>
+      <c r="AR64" s="9"/>
     </row>
-    <row r="47" spans="1:126" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV47" s="17"/>
+    <row r="65" spans="1:44" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="10"/>
+      <c r="B65" s="10"/>
+      <c r="C65" s="10"/>
+      <c r="D65" s="10"/>
+      <c r="E65" s="10"/>
+      <c r="F65" s="10"/>
+      <c r="G65" s="9"/>
+      <c r="H65" s="9"/>
+      <c r="I65" s="9"/>
+      <c r="J65" s="9"/>
+      <c r="K65" s="9"/>
+      <c r="L65" s="9"/>
+      <c r="AI65" s="10"/>
+      <c r="AJ65" s="10"/>
+      <c r="AK65" s="10"/>
+      <c r="AL65" s="10"/>
+      <c r="AM65" s="9"/>
+      <c r="AN65" s="9"/>
+      <c r="AO65" s="9"/>
+      <c r="AP65" s="9"/>
+      <c r="AQ65" s="9"/>
+      <c r="AR65" s="9"/>
     </row>
-    <row r="48" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV48" s="17"/>
+    <row r="66" spans="1:44" s="5" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="7"/>
+      <c r="B66" s="7"/>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+      <c r="F66" s="7"/>
+      <c r="G66" s="7"/>
+      <c r="H66" s="7"/>
+      <c r="I66" s="7"/>
+      <c r="J66" s="7"/>
+      <c r="K66" s="7"/>
+      <c r="L66" s="7"/>
+      <c r="AI66" s="7"/>
+      <c r="AJ66" s="7"/>
+      <c r="AK66" s="7"/>
+      <c r="AL66" s="7"/>
+      <c r="AM66" s="7"/>
+      <c r="AN66" s="7"/>
+      <c r="AO66" s="7"/>
+      <c r="AP66" s="7"/>
+      <c r="AQ66" s="7"/>
+      <c r="AR66" s="7"/>
     </row>
-    <row r="49" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV49" s="17"/>
+    <row r="67" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="B67" s="8"/>
+      <c r="C67" s="8"/>
+      <c r="D67" s="8"/>
+      <c r="E67" s="8"/>
+      <c r="F67" s="8"/>
+      <c r="G67" s="7"/>
+      <c r="H67" s="7"/>
+      <c r="I67" s="7"/>
+      <c r="J67" s="7"/>
+      <c r="K67" s="7"/>
+      <c r="L67" s="7"/>
+      <c r="AI67" s="8"/>
+      <c r="AJ67" s="8"/>
+      <c r="AK67" s="8"/>
+      <c r="AL67" s="8"/>
+      <c r="AM67" s="7"/>
+      <c r="AN67" s="7"/>
+      <c r="AO67" s="7"/>
+      <c r="AP67" s="7"/>
+      <c r="AQ67" s="7"/>
+      <c r="AR67" s="7"/>
     </row>
-    <row r="50" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV50" s="17"/>
+    <row r="68" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="6" t="s">
+        <v>3</v>
+      </c>
     </row>
-    <row r="51" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV51" s="17"/>
+    <row r="69" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="6" t="s">
+        <v>2</v>
+      </c>
     </row>
-    <row r="52" spans="1:126" ht="32.1" customHeight="1" x14ac:dyDescent="0.3">
-[...373 lines deleted...]
-      <c r="DV52" s="17"/>
+    <row r="70" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="5" t="s">
+        <v>41</v>
+      </c>
     </row>
-    <row r="53" spans="1:126" ht="15.9" customHeight="1" x14ac:dyDescent="0.3">
-[...13987 lines deleted...]
-    <row r="106" spans="1:44" ht="15.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="71" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="72" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="73" spans="1:44" s="5" customFormat="1" ht="15.9" customHeight="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="31">
-    <mergeCell ref="DS3:DU3"/>
+    <mergeCell ref="C3:F3"/>
+    <mergeCell ref="G3:J3"/>
+    <mergeCell ref="K3:N3"/>
+    <mergeCell ref="O3:R3"/>
+    <mergeCell ref="S3:V3"/>
+    <mergeCell ref="W3:Z3"/>
+    <mergeCell ref="AA3:AD3"/>
+    <mergeCell ref="AE3:AH3"/>
+    <mergeCell ref="AI3:AL3"/>
+    <mergeCell ref="AM3:AP3"/>
+    <mergeCell ref="AQ3:AT3"/>
+    <mergeCell ref="AU3:AX3"/>
+    <mergeCell ref="AY3:BB3"/>
+    <mergeCell ref="BC3:BF3"/>
+    <mergeCell ref="BG3:BJ3"/>
+    <mergeCell ref="BK3:BN3"/>
+    <mergeCell ref="BO3:BR3"/>
+    <mergeCell ref="BS3:BV3"/>
+    <mergeCell ref="BW3:BZ3"/>
+    <mergeCell ref="CA3:CD3"/>
+    <mergeCell ref="CE3:CH3"/>
+    <mergeCell ref="CI3:CL3"/>
+    <mergeCell ref="CM3:CP3"/>
+    <mergeCell ref="CQ3:CT3"/>
+    <mergeCell ref="DS3:DV3"/>
     <mergeCell ref="CU3:CX3"/>
     <mergeCell ref="CY3:DB3"/>
     <mergeCell ref="DC3:DF3"/>
     <mergeCell ref="DG3:DJ3"/>
     <mergeCell ref="DK3:DN3"/>
     <mergeCell ref="DO3:DR3"/>
-    <mergeCell ref="BW3:BZ3"/>
-[...22 lines deleted...]
-    <mergeCell ref="W3:Z3"/>
   </mergeCells>
   <pageMargins left="7.874015748031496E-2" right="7.874015748031496E-2" top="0.78740157480314965" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
-  <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
-[...33376 lines deleted...]
-  <pageSetup paperSize="9" scale="49" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="53" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Information EN</vt:lpstr>
       <vt:lpstr>adjusted,according to Eurostat</vt:lpstr>
-      <vt:lpstr>unadjusted</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>WIFO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Victoria Plöchl</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>